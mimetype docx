--- v0 (2025-10-15)
+++ v1 (2025-12-10)
@@ -1,1327 +1,1874 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6863DB99" w14:textId="14E991DA" w:rsidR="003F4C46" w:rsidRPr="00841BA3" w:rsidRDefault="009A0C1A" w:rsidP="00841BA3">
+    <w:p w14:paraId="6863DB99" w14:textId="14E991DA" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="009A0C1A" w:rsidP="00841BA3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">The Francine </w:t>
       </w:r>
-      <w:r w:rsidR="003F4C46">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003F4C46" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Foreman Women in STEM Memorial Scholarship</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1E7DD0" w14:textId="27798C01" w:rsidR="00841BA3" w:rsidRPr="00841BA3" w:rsidRDefault="00841BA3" w:rsidP="00841BA3">
+    <w:p w14:paraId="4401211E" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00841BA3">
-[...24 lines deleted...]
-    <w:p w14:paraId="05CD5AB3" w14:textId="7CFCBA2E" w:rsidR="00841BA3" w:rsidRPr="00841BA3" w:rsidRDefault="00841BA3" w:rsidP="00841BA3">
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>APPLICATIONS DUE BY March 27, 2026 at 4 p.m.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A606312" w14:textId="7B5F6CB7" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...21 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>One time award of $1000 in the fall semester</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB4445E" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CDBDE80" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PLEASE NOTE:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F3887F" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All scholarship applicants must have a current FAFSA on file with the financial aid office. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC87296" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">International Students must indicate their international status in their application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE0C766" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Women’s Center scholarships are for undergraduate students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C4E64E8" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...706 lines deleted...]
-    <w:p w14:paraId="665B51C4" w14:textId="44E25627" w:rsidR="003F4C46" w:rsidRPr="00D01270" w:rsidRDefault="00941411" w:rsidP="003F4C46">
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="70AD47"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3681CB62" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Completed applications may be delivered in one of two ways:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6443CC" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:rPr>
-[...343 lines deleted...]
-        <w:t xml:space="preserve">If you have any questions, email </w:t>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EMAIL PDFs to </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00D63EE6" w:rsidRPr="00A53E9E">
+        <w:r w:rsidRPr="0018563E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>klrodri2@uno.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="0018563E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>womenscenter@uno.edu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D63EE6">
-[...24 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    </w:p>
+    <w:p w14:paraId="1D89B0BE" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PRINT hard copies and deliver to the UNO Women’s Center, Earl K. Long Library, 201 -NO STAPLES, Printed on ONE SIDE of paper</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464E3560" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4162813C" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALL materials for this application MUST be included as one file.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B04C112" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Please carefully review the following list of requirements and ensure you have included all materials for this award:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2EB734" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="0098269B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4137201B" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applications must include the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD779F5" w14:textId="075AC91E" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="0018563E" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ompleted application form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="376E9727" w14:textId="77002C7A" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Two letters of recommendation,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidR="00F170A1" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>least one being from a past or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> present professor or instructor.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LORs should contain contact information for recommenders for authentication purposes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A9836B" w14:textId="668325EC" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brief </w:t>
+      </w:r>
+      <w:r w:rsidR="0018563E" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and thorough </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>answers to personal history questions</w:t>
+      </w:r>
+      <w:r w:rsidR="0018563E" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (essay form is best)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE38BA9" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19B0F2D2" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aside from finances, what is the biggest challenge you have faced as a woman majoring in a STEM field, and how have you overcome or addressed this challenge?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34601E3C" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What is your current financial situation?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6674A342" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What are your future educational and career plans?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A81569" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Please add any other information that you feel is pertinent to your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B37D3D" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A2367F5" w14:textId="214535C4" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Proof of income</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (federal or state income tax return</w:t>
+      </w:r>
+      <w:r w:rsidR="00F170A1" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or copy of W-2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the previous year</w:t>
+      </w:r>
+      <w:r w:rsidR="00841BA3" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; if no income is reported, please provide an explanation for lack of income.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B57CB71" w14:textId="72D59E94" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">College Transcript </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>– either the unofficial transcript from W</w:t>
+      </w:r>
+      <w:r w:rsidR="00D63EE6" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>orkday</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, or an official transcript from the Registrar, including transcripts from any other colleges or universities attended prior to attending UNO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC8F1AE" w14:textId="71C41A4D" w:rsidR="00570E46" w:rsidRPr="0018563E" w:rsidRDefault="004E4B64" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Spring 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D63EE6" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00570E46" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> midterm grades</w:t>
+      </w:r>
+      <w:r w:rsidR="00570E46" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; unofficial copy is fine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="422472AF" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B508C1A" w14:textId="237194C8" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>APPLICATION FORM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1B83D5" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="00D01270">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Name________________________________________________ Date of Birth______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="369D59AC" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="00D01270">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Local Address__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D85E66A" w14:textId="754870A6" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="00D01270">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phone_____________________________       </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email _________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E53C90" w14:textId="62AE2F33" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="00D01270">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Student # ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S.S.#:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (last four digits </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="095121CE" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="00D01270">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Employer____________________________________________ Position___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="088A85E0" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="00D01270">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Work address___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="453E9208" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="00D01270">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Work Phone_____________________ Hours worked per week _________ Annual Income_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C750477" w14:textId="465D8060" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="00D01270">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Marital Status _________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Number of Dependents</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; Ages </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00390E9E" w14:textId="741938E5" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="00D01270">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Standing at UNO (</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i.e., freshman, junior): _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27F27E85" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="00D01270">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Major ____________________ Minor_________________ GPA___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CEC73DC" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="0018563E" w:rsidRDefault="003F4C46" w:rsidP="00D01270">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Credit hours completed____________    College semesters completed ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04170A66" w14:textId="77777777" w:rsidR="00D01270" w:rsidRPr="0018563E" w:rsidRDefault="00D01270" w:rsidP="00D01270">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3111A769" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>REMINDER: ATTACHMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D5043D6" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In addition to your Personal History Essay, remember to attach all the items in the checklist at the top of the page.  Before you submit your application, make a copy of everything for your own records. Submit your application materials according to the instructions on the Women’s Center Scholarships page.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B47104E" w14:textId="77777777" w:rsidR="0018563E" w:rsidRPr="0018563E" w:rsidRDefault="0018563E" w:rsidP="0018563E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F5A81B0" w14:textId="5884703A" w:rsidR="00C379FF" w:rsidRPr="004C6FBE" w:rsidRDefault="0018563E" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IF SUBMITTING A HARD COPY, PLEASE PRINT ALL APPLICATION MATERIALS ON </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ONE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SIDE OF THE PAPER ONLY!!! DO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NOT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> STAPLE ANY PAGES TOGETHER!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7B668F" w14:textId="77777777" w:rsidR="004C6FBE" w:rsidRPr="004C6FBE" w:rsidRDefault="004C6FBE" w:rsidP="004C6FBE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Francine Foreman Women in STEM Memorial Scholarship is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a one-time award of $1000 towards tuition in the fall semester of the academic year.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The scholarship is available to women students registered at UNO, who have completed at least one year of college and have declared a major in a STEM (science, technology, engineering, math) field. The scholarship is being offered in honor and remembrance of Ms. Francine Foreman.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="481A6406" w14:textId="77777777" w:rsidR="004C6FBE" w:rsidRPr="004C6FBE" w:rsidRDefault="004C6FBE" w:rsidP="004C6FBE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Francine Foreman was a trailblazer for women working in STEM fields. Graduating from Newcomb College of Tulane University in 1961 with a degree in math, Ms. Foreman began her career as a computer programmer for IBM and worked on NASA’s Apollo Program. She went on to work for Entergy New Orleans, and after her retirement she volunteered at the Chalmette Public Library. Ms. Foreman frequently noted that she could not have attended Tulane had she not received a scholarship, and she specified that a portion of her estate should be set aside as a financial award to assist other women pursuing careers in the STEM fields.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="377C1F8F" w14:textId="77777777" w:rsidR="004C6FBE" w:rsidRPr="004C6FBE" w:rsidRDefault="004C6FBE" w:rsidP="004C6FBE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>An applicant must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD38193" w14:textId="77777777" w:rsidR="004C6FBE" w:rsidRPr="004C6FBE" w:rsidRDefault="004C6FBE" w:rsidP="004C6FBE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Be a registered, female undergraduate at UNO, 18 years of age or older.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601EA8F6" w14:textId="77777777" w:rsidR="004C6FBE" w:rsidRPr="004C6FBE" w:rsidRDefault="004C6FBE" w:rsidP="004C6FBE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Have completed at least 24 hours of college courses towards a degree with a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>declared major</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a STEM (science, technology, engineering, math) discipline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1344C6ED" w14:textId="77777777" w:rsidR="004C6FBE" w:rsidRPr="004C6FBE" w:rsidRDefault="004C6FBE" w:rsidP="004C6FBE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Have a minimum 2.5 G.P.A. at the time of the award.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5090389B" w14:textId="77777777" w:rsidR="004C6FBE" w:rsidRPr="004C6FBE" w:rsidRDefault="004C6FBE" w:rsidP="004C6FBE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exhibit academic dedication.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D8693A" w14:textId="77777777" w:rsidR="004C6FBE" w:rsidRPr="004C6FBE" w:rsidRDefault="004C6FBE" w:rsidP="004C6FBE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A recipient must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5449A485" w14:textId="77777777" w:rsidR="004C6FBE" w:rsidRPr="004C6FBE" w:rsidRDefault="004C6FBE" w:rsidP="004C6FBE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Maintain full-time standing (no fewer than 12 hours during a regular semester) during the semester she is receiving the award.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="283962FA" w14:textId="77777777" w:rsidR="004C6FBE" w:rsidRPr="004C6FBE" w:rsidRDefault="004C6FBE" w:rsidP="004C6FBE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Remain in good standing at the university.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CD15752" w14:textId="7E020FD2" w:rsidR="003F4C46" w:rsidRPr="004C6FBE" w:rsidRDefault="004C6FBE" w:rsidP="004C6FBE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Maintain her major in a STEM field during the semester she is receiving the award.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="003F4C46" w:rsidRPr="004C6FBE" w:rsidSect="0018563E">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="692D3342" w14:textId="77777777" w:rsidR="00A27259" w:rsidRDefault="00A27259" w:rsidP="00381814">
+    <w:p w14:paraId="00F83DB9" w14:textId="77777777" w:rsidR="00D078A7" w:rsidRDefault="00D078A7" w:rsidP="00381814">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53980C7A" w14:textId="77777777" w:rsidR="00A27259" w:rsidRDefault="00A27259" w:rsidP="00381814">
+    <w:p w14:paraId="02B578ED" w14:textId="77777777" w:rsidR="00D078A7" w:rsidRDefault="00D078A7" w:rsidP="00381814">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...7 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-2023996643"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="379574BC" w14:textId="17B9884D" w:rsidR="00AE7C89" w:rsidRDefault="00AE7C89" w:rsidP="00A53E9E">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -1390,121 +1937,221 @@
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="57FFF6BA" w14:textId="6A615E43" w:rsidR="00381814" w:rsidRDefault="00AE7C89" w:rsidP="00AE7C89">
+  <w:p w14:paraId="57FFF6BA" w14:textId="51537C47" w:rsidR="00381814" w:rsidRDefault="00AE7C89" w:rsidP="00AE7C89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
-      <w:t>Foreman Application (1 of 1 page)</w:t>
+      <w:t>Foreman Application (</w:t>
     </w:r>
+    <w:r w:rsidR="0018563E">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> page</w:t>
+    </w:r>
+    <w:r w:rsidR="0018563E">
+      <w:t>s total</w:t>
+    </w:r>
+    <w:r>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7C77B554" w14:textId="7E5C1E37" w:rsidR="0018563E" w:rsidRDefault="0018563E" w:rsidP="00AE7C89">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F001CC4" wp14:editId="3BA09A23">
+          <wp:extent cx="3795461" cy="607695"/>
+          <wp:effectExtent l="0" t="0" r="1905" b="1905"/>
+          <wp:docPr id="1773533001" name="Picture 1">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1773533001" name="Picture 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="4087374" cy="654433"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="276EFBB8" w14:textId="77777777" w:rsidR="004C6FBE" w:rsidRDefault="004C6FBE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05FD46A4" w14:textId="77777777" w:rsidR="00A27259" w:rsidRDefault="00A27259" w:rsidP="00381814">
+    <w:p w14:paraId="7FD42AC2" w14:textId="77777777" w:rsidR="00D078A7" w:rsidRDefault="00D078A7" w:rsidP="00381814">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67F528A0" w14:textId="77777777" w:rsidR="00A27259" w:rsidRDefault="00A27259" w:rsidP="00381814">
+    <w:p w14:paraId="1700356C" w14:textId="77777777" w:rsidR="00D078A7" w:rsidRDefault="00D078A7" w:rsidP="00381814">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0B7AB16F" w14:textId="7314C30C" w:rsidR="00381814" w:rsidRDefault="00A27259" w:rsidP="00381814">
+  <w:p w14:paraId="367538CD" w14:textId="77777777" w:rsidR="004C6FBE" w:rsidRDefault="004C6FBE">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0B7AB16F" w14:textId="7314C30C" w:rsidR="00381814" w:rsidRDefault="00D078A7" w:rsidP="00381814">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00170130">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:object w:dxaOrig="2880" w:dyaOrig="2880" w14:anchorId="7E8B9938">
+      <w:object w:dxaOrig="2880" w:dyaOrig="2880" w14:anchorId="07A632B8">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="A logo for a university&#13;&#13;&#13;&#10;&#13;&#13;&#13;&#10;AI-generated content may be incorrect." style="width:92.75pt;height:74.1pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" fillcolor="window">
+        <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:92.55pt;height:74.2pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" fillcolor="window">
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="MS_ClipArt_Gallery" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1799146536" r:id="rId2">
+        <o:OLEObject Type="Embed" ProgID="MS_ClipArt_Gallery" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1825497948" r:id="rId2">
           <o:FieldCodes>\* MERGEFORMAT</o:FieldCodes>
         </o:OLEObject>
       </w:object>
     </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="05C8F2F0" w14:textId="77777777" w:rsidR="004C6FBE" w:rsidRDefault="004C6FBE">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A1F7E10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E8ACFBA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -1556,108 +2203,599 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15B97FB5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="30C8B6E2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27023807"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="307A25DE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="322B6444"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BB565F68"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AA26BB6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EEC8056C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1961060782">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="405568124">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="807892206">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1227036553">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1124271587">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="145"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="136"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F4C46"/>
     <w:rsid w:val="001745CB"/>
+    <w:rsid w:val="0018563E"/>
     <w:rsid w:val="00244BB1"/>
+    <w:rsid w:val="00257F35"/>
     <w:rsid w:val="00381814"/>
+    <w:rsid w:val="003B03E5"/>
     <w:rsid w:val="003F4C46"/>
+    <w:rsid w:val="004C6FBE"/>
     <w:rsid w:val="004E4B64"/>
     <w:rsid w:val="004E5D68"/>
     <w:rsid w:val="00570E46"/>
     <w:rsid w:val="00687768"/>
     <w:rsid w:val="007E4A39"/>
     <w:rsid w:val="00841BA3"/>
     <w:rsid w:val="00883063"/>
     <w:rsid w:val="008D5FBB"/>
     <w:rsid w:val="00934D5E"/>
     <w:rsid w:val="00941411"/>
     <w:rsid w:val="0098269B"/>
     <w:rsid w:val="009A0C1A"/>
     <w:rsid w:val="00A27259"/>
+    <w:rsid w:val="00AD037D"/>
     <w:rsid w:val="00AD0455"/>
     <w:rsid w:val="00AE7C89"/>
     <w:rsid w:val="00AF605E"/>
     <w:rsid w:val="00B61D48"/>
     <w:rsid w:val="00C379FF"/>
     <w:rsid w:val="00D01270"/>
+    <w:rsid w:val="00D078A7"/>
     <w:rsid w:val="00D63EE6"/>
+    <w:rsid w:val="00E861EF"/>
     <w:rsid w:val="00F170A1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -2143,64 +3281,124 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00381814"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00381814"/>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AE7C89"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
+    <w:name w:val="Body"/>
+    <w:rsid w:val="0018563E"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+        <w:bar w:val="nil"/>
+      </w:pBdr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:u w:color="000000"/>
+      <w:bdr w:val="nil"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004C6FBE"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C6FBE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C6FBE"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:womenscenter@uno.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:womenscenter@uno.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klrodri2@uno.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -2484,55 +3682,55 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2459</Characters>
+  <Pages>2</Pages>
+  <Words>758</Words>
+  <Characters>4322</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2885</CharactersWithSpaces>
+  <CharactersWithSpaces>5070</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Michael DeMocker</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>