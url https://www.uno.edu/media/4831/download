--- v0 (2025-10-15)
+++ v1 (2025-12-10)
@@ -1,1739 +1,1614 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="33599F79" w14:textId="77777777" w:rsidR="007421CB" w:rsidRDefault="007421CB" w:rsidP="007421CB">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...10 lines deleted...]
-          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1311">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>THE J</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005E1311">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>acquelene</w:t>
       </w:r>
-      <w:r>
-[...85 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="005E1311">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (Jackie) SEAL BOOK AWARD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8EE585" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>APPLICATIONS DUE BY March 27, 2026 at 4 p.m.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E07EE72" w14:textId="65AC2CE8" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>One time award of $</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>250</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the fall semester</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="003A48C2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>one student</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65097D02" w14:textId="77777777" w:rsidR="005E1311" w:rsidRDefault="005E1311" w:rsidP="007421CB">
+      <w:pPr>
+        <w:pStyle w:val="a"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="282AB60B" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PLEASE NOTE:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09968C28" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All scholarship applicants must have a current FAFSA on file with the financial aid office. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8B8AEF" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">International Students must indicate their international status in their application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="575DD9B3" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Women’s Center scholarships are for undergraduate students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46759100" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="70AD47"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27489933" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Completed applications may be delivered in one of two ways:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2729F818" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EMAIL PDFs to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="0018563E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>klrodri2@uno.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="0018563E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>womenscenter@uno.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="101F7DE6" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PRINT hard copies and deliver to the UNO Women’s Center, Earl K. Long Library, 201 -NO STAPLES, Printed on ONE SIDE of paper</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232D977B" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="271902A2" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALL materials for this application MUST be included as one file.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0586B621" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Please carefully review the following list of requirements and ensure you have included all materials for this award:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C77D244" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="00F4454D" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Completed applications must include the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="672E67B6" w14:textId="0311FFDB" w:rsidR="005E1311" w:rsidRPr="005E1311" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1311">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This completed application form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A87CF74" w14:textId="77777777" w:rsidR="005E1311" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BCA6BEC" w14:textId="12A9E376" w:rsidR="005E1311" w:rsidRPr="005E1311" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1311">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Brief and thorough answers to personal history questions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D85C36" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="00F4454D" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Besides finances, what was the most difficult obstacle you have had to overcome or are overcoming to attend college?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5659DB" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="00F4454D" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What is your current financial situation?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC22962" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="00F4454D" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What are your future educational and career plans?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BA73FC" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="00F4454D" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What and how can the Women’s Center contribute to your academic experience here at UNO?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31006D27" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="00F4454D" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Please add any other information you feel is pertinent to your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16CD30DD" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="00F4454D" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="540299D5" w14:textId="08CA3471" w:rsidR="009A2715" w:rsidRPr="005E1311" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1311">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Proof of income</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (federal or state income tax return from the previous year, or W2 if applicant did not file a tax return).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C2B847" w14:textId="45511769" w:rsidR="009A2715" w:rsidRPr="00F4454D" w:rsidRDefault="009A2715">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16243EC8" w14:textId="01FE953F" w:rsidR="009A2715" w:rsidRPr="00F4454D" w:rsidRDefault="00815562">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Application</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2715" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="078940F9" w14:textId="77777777" w:rsidR="009A2715" w:rsidRPr="00F4454D" w:rsidRDefault="009A2715" w:rsidP="00815562">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Name  _________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00815562" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00815562" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__  Date of Birth </w:t>
+      </w:r>
+      <w:r w:rsidR="00815562" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378E3A6B" w14:textId="77777777" w:rsidR="009A2715" w:rsidRPr="00F4454D" w:rsidRDefault="009A2715" w:rsidP="00815562">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Local  Address _______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00815562" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6663E9EB" w14:textId="13758D9D" w:rsidR="009A2715" w:rsidRPr="00F4454D" w:rsidRDefault="009A2715" w:rsidP="00815562">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Home Ph</w:t>
+      </w:r>
+      <w:r w:rsidR="00815562" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>one _______________________ S. S.#</w:t>
+      </w:r>
+      <w:r w:rsidR="0070013A" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (last 4 digits)__________</w:t>
+      </w:r>
+      <w:r w:rsidR="00815562" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Student # ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2211CE6A" w14:textId="77777777" w:rsidR="009A2715" w:rsidRPr="00F4454D" w:rsidRDefault="009A2715" w:rsidP="00815562">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Employer _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00815562" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____ Position___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20287D85" w14:textId="77777777" w:rsidR="009A2715" w:rsidRPr="00F4454D" w:rsidRDefault="009A2715" w:rsidP="00815562">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Work Address _______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00815562" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>____________ Telephone __________</w:t>
+      </w:r>
+      <w:r w:rsidR="00815562" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6415F5" w14:textId="241CEFEC" w:rsidR="009A2715" w:rsidRPr="00F4454D" w:rsidRDefault="009A2715" w:rsidP="00815562">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number </w:t>
+      </w:r>
+      <w:r w:rsidR="00640411" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of Hours Working per week _____</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE56AB" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00640411" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Annual Income___</w:t>
+      </w:r>
+      <w:r w:rsidR="00815562" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE56AB" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D40514" w14:textId="77777777" w:rsidR="00FE56AB" w:rsidRPr="00F4454D" w:rsidRDefault="009A2715" w:rsidP="00815562">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Number of Dependents _________ Ages____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00815562" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE56AB" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249FC5C4" w14:textId="6301C4B4" w:rsidR="00920B15" w:rsidRDefault="00AD1318" w:rsidP="00AD1318">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Academic Year at UNO (fresh, soph, etc.) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Email: </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2715" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>G.P.A.________Major_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00815562" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2715" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____ Minor _____</w:t>
+      </w:r>
+      <w:r w:rsidR="00815562" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2715" w:rsidRPr="00F4454D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DB76579" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FBCABE5" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>REMINDER: ATTACHMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="341B6156" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In addition to your Personal History Essay, remember to attach all the items in the checklist at the top of the page.  Before you submit your application, make a copy of everything for your own records. Submit your application materials according to the instructions on the Women’s Center Scholarships page.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1971DE5C" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="0018563E" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A08C697" w14:textId="174CB836" w:rsidR="005E1311" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IF SUBMITTING A HARD COPY, PLEASE PRINT ALL APPLICATION MATERIALS ON </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ONE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SIDE OF THE PAPER ONLY!!! DO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NOT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> STAPLE ANY PAGES TOGETHER!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D13EFD" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="005E1311" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="325A246A" w14:textId="65185AE7" w:rsidR="005E1311" w:rsidRPr="003721B4" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003721B4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721B4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Jacquelene (Jackie) Seal Book Award</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721B4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is offered by the UNO Student Support Services (SSS) program and provides $</w:t>
+      </w:r>
+      <w:r w:rsidR="003A48C2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>250</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721B4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to a woman student</w:t>
+      </w:r>
+      <w:r w:rsidR="003A48C2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the fall semester of the award year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721B4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Preference is given to applicants who are current and active participants with the SSS program. Jackie was a very active student with SSS. Days before her scheduled May 2000 graduation, she became a fatal victim of domestic violence. The SSS program offers this award in memory of Jackie and her strong commitment to succeed academically in the face of many hardships. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>The award amount will be applied to the student’s fee bill for the semester she receives the award.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4733B659" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="00F554C9" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25E744E2" w14:textId="77777777" w:rsidR="005E1311" w:rsidRDefault="005E1311" w:rsidP="005E1311">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Each applicant must:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4E1E03" w14:textId="6FCF6A7C" w:rsidR="007421CB" w:rsidRDefault="007421CB" w:rsidP="007421CB">
+    <w:p w14:paraId="344A4FB2" w14:textId="77777777" w:rsidR="005E1311" w:rsidRDefault="005E1311" w:rsidP="005E1311">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>be a registered woman student at the University of New Orleans</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E2449D" w14:textId="77777777" w:rsidR="007421CB" w:rsidRDefault="007421CB" w:rsidP="007421CB">
+    <w:p w14:paraId="21E01EFB" w14:textId="77777777" w:rsidR="005E1311" w:rsidRDefault="005E1311" w:rsidP="005E1311">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F554C9">
-[...12 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="246F07B0" w14:textId="77777777" w:rsidR="007421CB" w:rsidRDefault="007421CB" w:rsidP="007421CB">
+        <w:t xml:space="preserve">be an undergraduate student </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E114951" w14:textId="77777777" w:rsidR="005E1311" w:rsidRDefault="005E1311" w:rsidP="005E1311">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>be in full- or part-time standing (no less than six hours)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5286BDCF" w14:textId="77777777" w:rsidR="007421CB" w:rsidRDefault="007421CB" w:rsidP="007421CB">
+    <w:p w14:paraId="683682DD" w14:textId="77777777" w:rsidR="005E1311" w:rsidRDefault="005E1311" w:rsidP="005E1311">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>demonstrate financial need</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="162C83FF" w14:textId="77777777" w:rsidR="007421CB" w:rsidRDefault="007421CB" w:rsidP="007421CB">
+    <w:p w14:paraId="0E473B58" w14:textId="77777777" w:rsidR="005E1311" w:rsidRDefault="005E1311" w:rsidP="005E1311">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>demonstrate academic commitment (must not be on academic probation)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D0804A" w14:textId="77777777" w:rsidR="007421CB" w:rsidRPr="007749E8" w:rsidRDefault="007421CB" w:rsidP="007421CB">
+    <w:p w14:paraId="5DBC5763" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="007749E8" w:rsidRDefault="005E1311" w:rsidP="005E1311">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>exhibit academic dedication in the face of hardship.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD668A2" w14:textId="77777777" w:rsidR="00F554C9" w:rsidRDefault="00F554C9">
-[...769 lines deleted...]
-    <w:p w14:paraId="078940F9" w14:textId="77777777" w:rsidR="009A2715" w:rsidRPr="00F4454D" w:rsidRDefault="009A2715" w:rsidP="00815562">
+    <w:p w14:paraId="098E4783" w14:textId="77777777" w:rsidR="005E1311" w:rsidRPr="00F4454D" w:rsidRDefault="005E1311" w:rsidP="00AD1318">
       <w:pPr>
         <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...445 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    </w:p>
+    <w:sectPr w:rsidR="005E1311" w:rsidRPr="00F4454D" w:rsidSect="005E1311">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D36B784" w14:textId="77777777" w:rsidR="00BE611B" w:rsidRDefault="00BE611B" w:rsidP="00244944">
+    <w:p w14:paraId="0889C847" w14:textId="77777777" w:rsidR="00235B6C" w:rsidRDefault="00235B6C" w:rsidP="00244944">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="384D93D6" w14:textId="77777777" w:rsidR="00BE611B" w:rsidRDefault="00BE611B" w:rsidP="00244944">
+    <w:p w14:paraId="1090B1E0" w14:textId="77777777" w:rsidR="00235B6C" w:rsidRDefault="00235B6C" w:rsidP="00244944">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="TimesNewRomanPS-BoldItalicMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-786497039"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="1279747E" w14:textId="5DAD9DEC" w:rsidR="00F4454D" w:rsidRDefault="00F4454D" w:rsidP="00A53E9E">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -1802,138 +1677,287 @@
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="7C8BD45A" w14:textId="77C5F2E8" w:rsidR="00244944" w:rsidRDefault="00F4454D">
+  <w:p w14:paraId="7C8BD45A" w14:textId="089BA80F" w:rsidR="00244944" w:rsidRDefault="00F4454D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>SEAL Book Award Application (3 pages total)</w:t>
+      <w:t>SEAL Book Award Application (</w:t>
+    </w:r>
+    <w:r w:rsidR="005E1311">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> pages total)</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="21CD0629" w14:textId="1D1204C2" w:rsidR="005E1311" w:rsidRDefault="005E1311">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="574D55F9" wp14:editId="661431D4">
+          <wp:extent cx="3795461" cy="607695"/>
+          <wp:effectExtent l="0" t="0" r="1905" b="1905"/>
+          <wp:docPr id="1773533001" name="Picture 1">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1773533001" name="Picture 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="4087374" cy="654433"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BAE37BB" w14:textId="77777777" w:rsidR="00BE611B" w:rsidRDefault="00BE611B" w:rsidP="00244944">
+    <w:p w14:paraId="026D6359" w14:textId="77777777" w:rsidR="00235B6C" w:rsidRDefault="00235B6C" w:rsidP="00244944">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2216BE9D" w14:textId="77777777" w:rsidR="00BE611B" w:rsidRDefault="00BE611B" w:rsidP="00244944">
+    <w:p w14:paraId="2ED4462C" w14:textId="77777777" w:rsidR="00235B6C" w:rsidRDefault="00235B6C" w:rsidP="00244944">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="583F71CE" w14:textId="6002FF46" w:rsidR="00AD1318" w:rsidRPr="00AD1318" w:rsidRDefault="00BE611B" w:rsidP="00AD1318">
+  <w:p w14:paraId="583F71CE" w14:textId="6002FF46" w:rsidR="00AD1318" w:rsidRPr="00AD1318" w:rsidRDefault="00235B6C" w:rsidP="00AD1318">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00BE611B">
+    <w:r w:rsidRPr="00235B6C">
       <w:rPr>
         <w:noProof/>
         <w:snapToGrid/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:object w:dxaOrig="2880" w:dyaOrig="2880" w14:anchorId="6E081BE9">
+      <w:object w:dxaOrig="2880" w:dyaOrig="2880" w14:anchorId="5D475310">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="A logo for a university&#13;&#13;&#13;&#10;&#13;&#13;&#13;&#10;AI-generated content may be incorrect." style="width:92.75pt;height:74.1pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" fillcolor="window">
+        <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:92.55pt;height:74.2pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" fillcolor="window">
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="MS_ClipArt_Gallery" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1799146466" r:id="rId2">
+        <o:OLEObject Type="Embed" ProgID="MS_ClipArt_Gallery" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1825497895" r:id="rId2">
           <o:FieldCodes>\* MERGEFORMAT</o:FieldCodes>
         </o:OLEObject>
       </w:object>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AA26BB6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EEC8056C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B8E325A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9625BF2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1975,51 +1999,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D170FB5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CE620FC4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D77698D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4692B686"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2061,51 +2174,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60C5392F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7E44264"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -2168,163 +2281,177 @@
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1348479025">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="720"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="720"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1110590005">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1830752191">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1835954610">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1830752191">
+  <w:num w:numId="5" w16cid:durableId="405568124">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1287464284">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="145"/>
+  <w:zoom w:percent="136"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007421CB"/>
     <w:rsid w:val="000368CA"/>
     <w:rsid w:val="00045D5C"/>
     <w:rsid w:val="00084D63"/>
     <w:rsid w:val="000B43E0"/>
     <w:rsid w:val="000B466F"/>
     <w:rsid w:val="000C2034"/>
     <w:rsid w:val="000C6976"/>
     <w:rsid w:val="000E39C8"/>
     <w:rsid w:val="000F54E2"/>
     <w:rsid w:val="00170130"/>
     <w:rsid w:val="001B2A45"/>
     <w:rsid w:val="0021573A"/>
+    <w:rsid w:val="00235B6C"/>
     <w:rsid w:val="00244944"/>
     <w:rsid w:val="00244BB1"/>
     <w:rsid w:val="002D7B00"/>
     <w:rsid w:val="00305175"/>
     <w:rsid w:val="003721B4"/>
     <w:rsid w:val="003954DD"/>
+    <w:rsid w:val="003A48C2"/>
+    <w:rsid w:val="003B03E5"/>
     <w:rsid w:val="003C23F0"/>
     <w:rsid w:val="00431A04"/>
     <w:rsid w:val="004861E6"/>
     <w:rsid w:val="004D2C00"/>
     <w:rsid w:val="004E3F56"/>
     <w:rsid w:val="005016BD"/>
     <w:rsid w:val="00520C99"/>
     <w:rsid w:val="005501C4"/>
     <w:rsid w:val="005C1D3A"/>
+    <w:rsid w:val="005E1311"/>
     <w:rsid w:val="00614916"/>
     <w:rsid w:val="00640411"/>
     <w:rsid w:val="0070013A"/>
     <w:rsid w:val="0070207B"/>
     <w:rsid w:val="007421CB"/>
     <w:rsid w:val="00761C4F"/>
+    <w:rsid w:val="007F089A"/>
     <w:rsid w:val="00815562"/>
     <w:rsid w:val="008451C3"/>
     <w:rsid w:val="00862269"/>
     <w:rsid w:val="00890ECA"/>
+    <w:rsid w:val="008A4ABE"/>
     <w:rsid w:val="008D4CA8"/>
     <w:rsid w:val="0091398F"/>
     <w:rsid w:val="00920B15"/>
     <w:rsid w:val="0094713E"/>
     <w:rsid w:val="009875D0"/>
     <w:rsid w:val="009A2715"/>
     <w:rsid w:val="009B77ED"/>
     <w:rsid w:val="00A064F4"/>
     <w:rsid w:val="00AD1318"/>
     <w:rsid w:val="00AE7595"/>
     <w:rsid w:val="00B03476"/>
     <w:rsid w:val="00B075BC"/>
     <w:rsid w:val="00B144C1"/>
     <w:rsid w:val="00B325DB"/>
     <w:rsid w:val="00B94503"/>
+    <w:rsid w:val="00BC32EE"/>
     <w:rsid w:val="00BC6352"/>
     <w:rsid w:val="00BE611B"/>
     <w:rsid w:val="00C32F69"/>
     <w:rsid w:val="00C45926"/>
     <w:rsid w:val="00C56A91"/>
     <w:rsid w:val="00C637ED"/>
     <w:rsid w:val="00CA163B"/>
     <w:rsid w:val="00CA4306"/>
     <w:rsid w:val="00D14D22"/>
+    <w:rsid w:val="00D240CB"/>
     <w:rsid w:val="00D66D88"/>
+    <w:rsid w:val="00E861EF"/>
     <w:rsid w:val="00F04955"/>
     <w:rsid w:val="00F4454D"/>
     <w:rsid w:val="00F554C9"/>
     <w:rsid w:val="00F577CA"/>
     <w:rsid w:val="00F77367"/>
     <w:rsid w:val="00FA6254"/>
     <w:rsid w:val="00FE56AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
@@ -2894,50 +3021,67 @@
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F4454D"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="005E1311"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:snapToGrid/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="406078584">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1345940982">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -2975,51 +3119,55 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1511867767">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:womenscenter@uno.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:womenscenter@uno.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klrodri2@uno.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3269,76 +3417,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2946</Characters>
+  <Pages>2</Pages>
+  <Words>574</Words>
+  <Characters>3276</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The UNO Women's Center</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Women's Center</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3456</CharactersWithSpaces>
+  <CharactersWithSpaces>3843</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>262195</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:eblanken@uno.edu</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>