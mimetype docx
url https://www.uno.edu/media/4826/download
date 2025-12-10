--- v0 (2025-10-15)
+++ v1 (2025-12-10)
@@ -1,2267 +1,2414 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="683F0991" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
-[...77 lines deleted...]
-    <w:p w14:paraId="0D3C3E20" w14:textId="6B11A350" w:rsidR="00B12835" w:rsidRPr="00054062" w:rsidRDefault="00B12835" w:rsidP="001A0E59">
+    <w:p w14:paraId="683F0991" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00054062">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00C62BD0" w:rsidRPr="00054062">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>The Virginia Rosanne Amato Memorial Scholarship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE04E7E" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>APPLICATIONS DUE BY March 27, 2026 at 4 p.m.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B300687" w14:textId="4C583FDC" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In-state tuition, required fees, and books for the remainder of the awardee’s scheduled graduation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7718DA" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20011254" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PLEASE NOTE:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6428DDA8" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All scholarship applicants must have a current FAFSA on file with the financial aid office. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ECC5844" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">International Students must indicate their international status in their application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492A1527" w14:textId="4B944947" w:rsidR="008D41B5" w:rsidRPr="004753BA" w:rsidRDefault="008D41B5" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Women’s Center scholarships are for undergraduate students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5062E133" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="70AD47"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C6639B7" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Completed applications may be delivered in one of two ways:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C119AA" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EMAIL PDFs to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="004753BA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>klrodri2@uno.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="004753BA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>womenscenter@uno.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="23027616" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PRINT hard copies and deliver to the UNO Women’s Center, Earl K. Long Library, 201 -NO STAPLES, Printed on ONE SIDE of paper</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34BF4E10" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="2A22932E" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40A11E18" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALL materials for this application MUST be included as one file.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9E2293" w14:textId="63D25056" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Please carefully review the following list of requirements and ensure you have included all materials for this award:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A22932E" w14:textId="6631628A" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Applications must include the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B751D9C" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+    <w:p w14:paraId="0B751D9C" w14:textId="02706137" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="26FDB19B" w14:textId="370F5E71" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1944" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ompleted application form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26FDB19B" w14:textId="370F5E71" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00054062">
-[...7 lines deleted...]
-      <w:r w:rsidR="007E08E7" w:rsidRPr="00054062">
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Three letters of recommendation,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at least one being from a past o</w:t>
+      </w:r>
+      <w:r w:rsidR="007E08E7" w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">r </w:t>
       </w:r>
-      <w:r w:rsidRPr="00054062">
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>present professor or instructor.</w:t>
       </w:r>
-      <w:r w:rsidR="00AD3AA5" w:rsidRPr="00054062">
+      <w:r w:rsidR="00AD3AA5" w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> LORs should include contact information for recommenders for authentication purposes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D93492B" w14:textId="1AF84D9A" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+    <w:p w14:paraId="6D93492B" w14:textId="2F66313E" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00054062">
-[...7 lines deleted...]
-      <w:r w:rsidR="00377F82" w:rsidRPr="00054062">
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Brief</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1944" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and thorough</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> answers to personal history questions</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (essay form is best)</w:t>
       </w:r>
-    </w:p>
-[...1205 lines deleted...]
-    <w:p w14:paraId="19D93313" w14:textId="6314C4F2" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="00054062">
+      <w:r w:rsidR="00EE1944" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, no longer than three typewritten, double-spaced pages: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498081A0" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42ADA969" w14:textId="34CC0175" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00054062">
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Besides finances, what was the most difficult obstacle you have had to overcome or are overcoming to attend college?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561AF423" w14:textId="77777777" w:rsidR="00054062" w:rsidRPr="00054062" w:rsidRDefault="00054062" w:rsidP="00054062">
-[...13 lines deleted...]
-    <w:p w14:paraId="3C89316D" w14:textId="14590148" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="00054062">
+    <w:p w14:paraId="5BA5F223" w14:textId="07BA7EEB" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00054062">
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>What is your current financial situation?</w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="45F8BD65" w14:textId="77777777" w:rsidR="00054062" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+        <w:t xml:space="preserve">What is your current financial situation? Please explain all sources of funding, including scholarships, employment, family support, grants, financial aid, loans, etc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29FA1393" w14:textId="4A924B3F" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00054062">
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>What are your future educational and career plans?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7286968B" w14:textId="77777777" w:rsidR="00054062" w:rsidRPr="00054062" w:rsidRDefault="00054062" w:rsidP="00054062">
-[...9 lines deleted...]
-    <w:p w14:paraId="4B7B05F4" w14:textId="32E490A5" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+    <w:p w14:paraId="79CDBB93" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00054062">
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Please add any other information that you feel is pertinent to your application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BA23BC8" w14:textId="77777777" w:rsidR="00054062" w:rsidRPr="00054062" w:rsidRDefault="00054062" w:rsidP="001A0E59">
-[...17 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="2D784831" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E9A84DA" w14:textId="3170E950" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="00C62BD0" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E59" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00054062">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ALL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> c</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E59" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ollege </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E59" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ranscript</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E59" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – either the unofficial transcript from W</w:t>
+      </w:r>
+      <w:r w:rsidR="0046706A" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>orkday</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E59" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or an official transcript from the Registrar, as well as a copy of spring </w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="007E08E7" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E59" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>midterm grades (unofficial is okay)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; if you have transferred from another school, unofficial transcripts from these schools are also required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E75032" w14:textId="06F40E65" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="00C62BD0" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E59" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E59" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>List of honors and scholarships from high school to the present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CFC866D" w14:textId="2A50D1A9" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="00C62BD0" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E59" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E59" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>List of jobs and activities for past ten years or since high school graduation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EBDCB87" w14:textId="7107F3A5" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="00C62BD0" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E59" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E59" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>List prior schooling, including high school, vocational training and colleges, as well as dates of attendance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B79F66" w14:textId="77777777" w:rsidR="004753BA" w:rsidRPr="004753BA" w:rsidRDefault="004753BA" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1235E245" w14:textId="63747CA9" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>APPLICATION FORM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F32E54" w14:textId="0BFF2EAD" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="00980E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Name______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Date of Birth______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="734515F1" w14:textId="26F0B5D1" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="00980E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Local Address_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A30BCE8" w14:textId="77777777" w:rsidR="00054062" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="00980E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Phone_</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email ___________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C67BF0E" w14:textId="208FDD7D" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="00980E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Student # ____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> S.S.#: (last 4 di</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gits only)  _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73194357" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="00980E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Employer__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B3956D8" w14:textId="42C5C1FF" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="00980E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Position___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C56838" w14:textId="1A22E480" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="00980E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Work address___________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3C1EB0" w14:textId="47A4C436" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="00980E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Work Phone__________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Hours worked per week _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26720075" w14:textId="7AA44DE8" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="00980E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Annual Income________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marital </w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Status ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E885D05" w14:textId="1508B43E" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="00980E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Number of Dependents</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; Ages________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F76214" w14:textId="130E1632" w:rsidR="00377F82" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="00980E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Standing at UNO</w:t>
+      </w:r>
+      <w:r w:rsidR="00C62BD0" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Fall 202</w:t>
+      </w:r>
+      <w:r w:rsidR="007E08E7" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C62BD0" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> semester</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3AA5" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i.e., </w:t>
+      </w:r>
+      <w:r w:rsidR="00C62BD0" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sophomore</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3AA5" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, junior, etc.) ____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPA______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506584D2" w14:textId="51336073" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="00980E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Major _______________________________ </w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Minor______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F82" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276631F0" w14:textId="77777777" w:rsidR="00C62BD0" w:rsidRPr="004753BA" w:rsidRDefault="00C62BD0" w:rsidP="00C62BD0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of credit hours completed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>including</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> current semester_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E82068" w14:textId="6532FF74" w:rsidR="00C62BD0" w:rsidRPr="004753BA" w:rsidRDefault="00C62BD0" w:rsidP="00C62BD0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Number of credit hours remaining after current semester until graduation___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D39DFB4" w14:textId="77777777" w:rsidR="00C62BD0" w:rsidRPr="004753BA" w:rsidRDefault="00C62BD0" w:rsidP="00C62BD0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of semesters completed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>including</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> current semester______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257A40F8" w14:textId="172C6560" w:rsidR="00C62BD0" w:rsidRPr="004753BA" w:rsidRDefault="00C62BD0" w:rsidP="00C62BD0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Number of semesters remaining after current semester until graduation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E1B4248" w14:textId="77777777" w:rsidR="00C62BD0" w:rsidRPr="004753BA" w:rsidRDefault="00C62BD0" w:rsidP="00C62BD0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>           Regular_____________      Summer______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA23BC8" w14:textId="3923465E" w:rsidR="00054062" w:rsidRPr="004753BA" w:rsidRDefault="00CE12F3" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E59" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cheduled graduation date: ____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2466377A" w14:textId="4C26DD75" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">REMINDER: </w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E59" w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ATTACHMENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2427C312" w14:textId="4E60F992" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
-[...94 lines deleted...]
-    <w:p w14:paraId="246CD5AD" w14:textId="216BB2FD" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="00AD3AA5">
+    <w:p w14:paraId="23AFF498" w14:textId="5AD8C8FB" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In addition to your Personal History Essay, remember to attach all the items in the checklist at the top of the page.  Before you submit your application, make a copy of everything for your own records. Submit your application materials according to the instructions on the Women’s Center Scholarships page.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30471FE5" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00EE1944">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EA3472B" w14:textId="49A327A4" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IF SUBMITTING A HARD COPY, PLEASE PRINT ALL APPLICATION MATERIALS ON </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ONE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SIDE OF THE PAPER ONLY!!! DO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NOT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> STAPLE ANY PAGES TOGETHER!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24619F34" w14:textId="77777777" w:rsidR="00EE1944" w:rsidRPr="004753BA" w:rsidRDefault="00EE1944" w:rsidP="00AD3AA5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00054062">
+    </w:p>
+    <w:p w14:paraId="246CD5AD" w14:textId="713549EB" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="00AD3AA5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>THE VIRGINIA ROSANNE AMATO</w:t>
       </w:r>
-      <w:r w:rsidR="00AD3AA5" w:rsidRPr="00054062">
+      <w:r w:rsidR="00AD3AA5" w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00054062">
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MEMORIAL SCHOLARSHIP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28CE9D73" w14:textId="77777777" w:rsidR="00054062" w:rsidRPr="00054062" w:rsidRDefault="00054062" w:rsidP="00054062">
+    <w:p w14:paraId="28CE9D73" w14:textId="77777777" w:rsidR="00054062" w:rsidRPr="004753BA" w:rsidRDefault="00054062" w:rsidP="00054062">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00054062">
-[...7 lines deleted...]
-    <w:p w14:paraId="7A962B95" w14:textId="77777777" w:rsidR="00054062" w:rsidRPr="00054062" w:rsidRDefault="00054062" w:rsidP="00054062">
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Virginia Rosanne Amato Memorial Scholarship is available to female students registered at UNO, who have completed at least one year of college. The scholarship is being offered in honor and remembrance of Virginia Rosanne </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Amato, who was killed in an accident while studying abroad in 1996 at the age of 20. Over 100 scholarships have been awarded since the program's inception.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A962B95" w14:textId="77777777" w:rsidR="00054062" w:rsidRPr="004753BA" w:rsidRDefault="00054062" w:rsidP="00054062">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00054062">
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The scholarship is intended to acknowledge hard work, ambition, and motivation on the part of the recipient, in addition to academic success. The scholarship will provide in-state tuition, fees, and a book stipend at UNO to the recipient for the number of full-time semesters remaining until scheduled graduation. This scholarship is advertised in the Spring and awarded in the Fall.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E12DA74" w14:textId="77777777" w:rsidR="00054062" w:rsidRPr="00054062" w:rsidRDefault="00054062" w:rsidP="00054062">
+    <w:p w14:paraId="6A010D7B" w14:textId="13348BFB" w:rsidR="00054062" w:rsidRPr="004753BA" w:rsidRDefault="00054062" w:rsidP="00EE1944">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00054062">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="004753BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Mrs. Amato explains, "Virginia's life was of the finest quality, and we are proud to be her parents. Her presence impacted many people. Now we would like to honor her memory by using resources available in her Foundation, which was established at the time of her death, to provide a positive impact in others' lives. Virginia was extremely focused and self-driven; she was adventurous and strong, overcoming personal fears to achieve the goals that she had set for herself. We want to extend the Virginia Rosanne Amato Memorial Scholarship to other women with those qualities of motivation, ambition and fortitude."</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A010D7B" w14:textId="77777777" w:rsidR="00054062" w:rsidRDefault="00054062" w:rsidP="001A0E59">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00054062">
+    <w:p w14:paraId="16D1E6A9" w14:textId="760647E5" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>An applicant must:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D8AA3A2" w14:textId="621B2943" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00054062">
+    <w:p w14:paraId="0D8AA3A2" w14:textId="621B2943" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>• Be a registered, female undergraduate at UNO,</w:t>
       </w:r>
-      <w:r w:rsidR="0037553F" w:rsidRPr="00054062">
+      <w:r w:rsidR="0037553F" w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
-      <w:r w:rsidR="007E08E7" w:rsidRPr="00054062">
+      <w:r w:rsidR="007E08E7" w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00363D2C" w:rsidRPr="00054062">
+      <w:r w:rsidR="00363D2C" w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00054062">
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>years of age or older</w:t>
       </w:r>
-      <w:r w:rsidR="0037553F" w:rsidRPr="00054062">
+      <w:r w:rsidR="0037553F" w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at the time of the receipt of the scholarship</w:t>
       </w:r>
-      <w:r w:rsidR="007E08E7" w:rsidRPr="00054062">
+      <w:r w:rsidR="007E08E7" w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (August </w:t>
       </w:r>
-      <w:r w:rsidR="00054062" w:rsidRPr="00054062">
+      <w:r w:rsidR="00054062" w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
-      <w:r w:rsidR="007E08E7" w:rsidRPr="00054062">
+      <w:r w:rsidR="007E08E7" w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB44735" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00054062">
+    <w:p w14:paraId="1AB44735" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>• Have completed at least 24 hours of college courses within the past two years</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="111C8F6D" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00054062">
+    <w:p w14:paraId="111C8F6D" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>• Have a minimum 2.5 G.P.A.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB713E7" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00054062">
+    <w:p w14:paraId="0FB713E7" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>• Demonstrate financial need</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D834D72" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00054062">
+    <w:p w14:paraId="7D834D72" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>• Exhibit academic dedication</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B198415" w14:textId="77777777" w:rsidR="00054062" w:rsidRDefault="00054062" w:rsidP="001A0E59">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00054062">
+    <w:p w14:paraId="7B198415" w14:textId="77777777" w:rsidR="00054062" w:rsidRPr="004753BA" w:rsidRDefault="00054062" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="313F0806" w14:textId="0DFB41D7" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A recipient must:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A23A086" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00054062">
+    <w:p w14:paraId="5A23A086" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>• Maintain full-time standing (no fewer than 12 hours during a regular semester)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23D2266C" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00054062">
+    <w:p w14:paraId="23D2266C" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>• Maintain at least a cumulative 2.5 G.P.A.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5018CCBC" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00054062">
+    <w:p w14:paraId="5018CCBC" w14:textId="77777777" w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidRDefault="001A0E59" w:rsidP="001A0E59">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004753BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>• Complete her degree coursework within the number of semesters indicated on her application</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="001A0E59" w:rsidRPr="00054062" w:rsidSect="00054062">
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="001A0E59" w:rsidRPr="004753BA" w:rsidSect="004753BA">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13BFDC17" w14:textId="77777777" w:rsidR="00FA0210" w:rsidRDefault="00FA0210" w:rsidP="00324945">
+    <w:p w14:paraId="6C33E62A" w14:textId="77777777" w:rsidR="0043212B" w:rsidRDefault="0043212B" w:rsidP="00324945">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="241BA193" w14:textId="77777777" w:rsidR="00FA0210" w:rsidRDefault="00FA0210" w:rsidP="00324945">
+    <w:p w14:paraId="2BB3EDEE" w14:textId="77777777" w:rsidR="0043212B" w:rsidRDefault="0043212B" w:rsidP="00324945">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...7 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="1566222773"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="28BC4B6E" w14:textId="3E466C18" w:rsidR="003F72CD" w:rsidRDefault="003F72CD" w:rsidP="00A53E9E">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -2339,108 +2486,166 @@
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0FF597A1" w14:textId="3C3A4865" w:rsidR="00324945" w:rsidRDefault="003F72CD" w:rsidP="003F72CD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:t>Amato Application (3 pages total)</w:t>
     </w:r>
   </w:p>
+  <w:p w14:paraId="48698375" w14:textId="12E5020A" w:rsidR="00EE1944" w:rsidRDefault="00EE1944" w:rsidP="003F72CD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="768BE7A3" wp14:editId="504229E3">
+          <wp:extent cx="3795461" cy="607695"/>
+          <wp:effectExtent l="0" t="0" r="1905" b="1905"/>
+          <wp:docPr id="1773533001" name="Picture 1">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1773533001" name="Picture 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="4087374" cy="654433"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F68E7A3" w14:textId="77777777" w:rsidR="00FA0210" w:rsidRDefault="00FA0210" w:rsidP="00324945">
+    <w:p w14:paraId="31085BD6" w14:textId="77777777" w:rsidR="0043212B" w:rsidRDefault="0043212B" w:rsidP="00324945">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CB8D4AC" w14:textId="77777777" w:rsidR="00FA0210" w:rsidRDefault="00FA0210" w:rsidP="00324945">
+    <w:p w14:paraId="332B1C35" w14:textId="77777777" w:rsidR="0043212B" w:rsidRDefault="0043212B" w:rsidP="00324945">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="72935C95" w14:textId="3617FD1C" w:rsidR="00324945" w:rsidRDefault="00FA0210" w:rsidP="00324945">
+  <w:p w14:paraId="72935C95" w14:textId="3617FD1C" w:rsidR="00324945" w:rsidRDefault="0043212B" w:rsidP="00324945">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00170130">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:object w:dxaOrig="2880" w:dyaOrig="2880" w14:anchorId="5155F768">
+      <w:object w:dxaOrig="2880" w:dyaOrig="2880" w14:anchorId="7893FD22">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="A logo for a university&#13;&#13;&#13;&#10;&#13;&#13;&#13;&#10;AI-generated content may be incorrect." style="width:92.75pt;height:74.1pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" fillcolor="window">
+        <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:92.55pt;height:74.2pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" fillcolor="window">
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="MS_ClipArt_Gallery" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1799146263" r:id="rId2">
+        <o:OLEObject Type="Embed" ProgID="MS_ClipArt_Gallery" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1825498028" r:id="rId2">
           <o:FieldCodes>\* MERGEFORMAT</o:FieldCodes>
         </o:OLEObject>
       </w:object>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ED32311"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55F02D84"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -2496,112 +2701,209 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AA26BB6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EEC8056C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="893855977">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="405568124">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="145"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="136"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A0E59"/>
     <w:rsid w:val="00006C8B"/>
     <w:rsid w:val="00054062"/>
     <w:rsid w:val="001A0E59"/>
     <w:rsid w:val="001C113B"/>
     <w:rsid w:val="00244BB1"/>
     <w:rsid w:val="00324945"/>
     <w:rsid w:val="00340E70"/>
     <w:rsid w:val="00363D2C"/>
     <w:rsid w:val="0037553F"/>
     <w:rsid w:val="00377F82"/>
+    <w:rsid w:val="003B03E5"/>
     <w:rsid w:val="003F72CD"/>
+    <w:rsid w:val="0043212B"/>
     <w:rsid w:val="0046706A"/>
+    <w:rsid w:val="004753BA"/>
     <w:rsid w:val="00491550"/>
+    <w:rsid w:val="00503B6D"/>
     <w:rsid w:val="006A7DF2"/>
     <w:rsid w:val="007E08E7"/>
     <w:rsid w:val="008C3DC3"/>
+    <w:rsid w:val="008D41B5"/>
     <w:rsid w:val="009334C6"/>
     <w:rsid w:val="00980E1C"/>
     <w:rsid w:val="00A1307C"/>
     <w:rsid w:val="00A61AA6"/>
     <w:rsid w:val="00AD0455"/>
     <w:rsid w:val="00AD3AA5"/>
     <w:rsid w:val="00B12835"/>
     <w:rsid w:val="00B43E37"/>
     <w:rsid w:val="00BE6759"/>
     <w:rsid w:val="00C439F5"/>
     <w:rsid w:val="00C62BD0"/>
     <w:rsid w:val="00CE12F3"/>
+    <w:rsid w:val="00E57535"/>
+    <w:rsid w:val="00E861EF"/>
+    <w:rsid w:val="00EE0681"/>
+    <w:rsid w:val="00EE1944"/>
     <w:rsid w:val="00FA0210"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -2689,51 +2991,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3007,51 +3309,50 @@
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00054062"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00054062"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
@@ -3088,50 +3389,77 @@
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00324945"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00324945"/>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F72CD"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="00EE1944"/>
+    <w:rPr>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
+    <w:name w:val="Body"/>
+    <w:rsid w:val="00EE1944"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+        <w:bar w:val="nil"/>
+      </w:pBdr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:u w:color="000000"/>
+      <w:bdr w:val="nil"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="44182511">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="579407683">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
@@ -3320,51 +3648,55 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1864434675">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klrodri2@uno.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:womenscenter@uno.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3647,74 +3979,90 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{373D1A22-5F57-7547-99BC-1C9E058736D4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>842</Words>
-  <Characters>4802</Characters>
+  <Words>921</Words>
+  <Characters>5252</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5633</CharactersWithSpaces>
+  <CharactersWithSpaces>6161</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Michael DeMocker</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>