--- v0 (2025-10-15)
+++ v1 (2025-12-10)
@@ -1,1800 +1,2169 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3672AD01" w14:textId="507C51A1" w:rsidR="003F4C46" w:rsidRPr="001A28AD" w:rsidRDefault="00BE0411" w:rsidP="003F4C46">
+    <w:p w14:paraId="3672AD01" w14:textId="507C51A1" w:rsidR="003F4C46" w:rsidRPr="00A526A0" w:rsidRDefault="00BE0411" w:rsidP="003F4C46">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A28AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A526A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="001A28AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001A28AD" w:rsidRPr="00A526A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Janet </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Janet Neidermeier Interdisciplinary Endowed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A526A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Neidermeier</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Scholarship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6863DB99" w14:textId="51713B59" w:rsidR="003F4C46" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AP</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PLICATIONS DUE BY</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>March 27, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61D48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
       <w:r w:rsidR="001A28AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="6863DB99" w14:textId="418999AA" w:rsidR="003F4C46" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> p.m.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D09E07B" w14:textId="6E3F691C" w:rsidR="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="003F4C46">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>AP</w:t>
-[...60 lines deleted...]
-    <w:p w14:paraId="689536D2" w14:textId="0CE76E23" w:rsidR="00D3371B" w:rsidRPr="007E4A39" w:rsidRDefault="00D3371B" w:rsidP="003F4C46">
+        <w:t>$1000 per fall and spring semester for one academic year ($2000 total)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="646CC0D4" w14:textId="2D2D7A4D" w:rsidR="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="003F4C46">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D3371B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58AFBA98" w14:textId="77777777" w:rsidR="000B27E0" w:rsidRDefault="00D3371B" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>PLEASE NOTE:  ALL SCHOLARSHIP APPLICANTS MUST HAVE A CURRENT FAFSA ON FILE WITH THE FINANCIAL AID OFFICE.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3371B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PLEASE NOTE:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="353C5663" w14:textId="0CCC75BB" w:rsidR="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3371B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All scholarship applicants must have a current </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>FAFSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3371B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on file with the financial aid office.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689536D2" w14:textId="337F49BB" w:rsidR="00D3371B" w:rsidRDefault="000B27E0" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">International Students must indicate their international status in their application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617482C6" w14:textId="31CC4A41" w:rsidR="00614D2E" w:rsidRPr="007E4A39" w:rsidRDefault="00614D2E" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Women’s Center Scholarships are only for undergraduate students.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E2EB734" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4137201B" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
+    <w:p w14:paraId="21223986" w14:textId="3259121E" w:rsidR="000B27E0" w:rsidRPr="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="00BE0411">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Completed applications may be delivered in one of two ways:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3794CE50" w14:textId="165B2F86" w:rsidR="000B27E0" w:rsidRPr="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="000B27E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EMAIL PDFs to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="000B27E0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>klrodri2@uno.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="000B27E0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>womenscenter@uno.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="170DB6EE" w14:textId="4B293F3E" w:rsidR="000B27E0" w:rsidRPr="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="000B27E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PRINT hard copies and deliver to the UNO Women’s Center, Earl K. Long Library, 201 -NO STAPLES</w:t>
+      </w:r>
+      <w:r w:rsidR="00A526A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Printed on ONE SIDE of paper</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F98FF0" w14:textId="77777777" w:rsidR="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="083C0E45" w14:textId="7571801C" w:rsidR="000B27E0" w:rsidRPr="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALL materials for this application MUST be included as one file.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BCC0801" w14:textId="79622B06" w:rsidR="000B27E0" w:rsidRPr="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Please carefully review the following list of requirements and ensure you have included all materials for this award:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CA037FE" w14:textId="77777777" w:rsidR="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4137201B" w14:textId="44B9A600" w:rsidR="003F4C46" w:rsidRPr="000B27E0" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Applications must include the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD779F5" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="7AD779F5" w14:textId="52515D2B" w:rsidR="003F4C46" w:rsidRPr="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="000B27E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This c</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4C46" w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ompleted application form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="376E9727" w14:textId="18E27E46" w:rsidR="003F4C46" w:rsidRPr="000B27E0" w:rsidRDefault="003F4C46" w:rsidP="000B27E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00137928">
-[...7 lines deleted...]
-      <w:r w:rsidR="00F170A1" w:rsidRPr="00137928">
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Two letters of recommendation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, at </w:t>
+      </w:r>
+      <w:r w:rsidR="00F170A1" w:rsidRPr="000B27E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>least one being from a past or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00137928">
+      <w:r w:rsidRPr="000B27E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> present professor or instructor</w:t>
       </w:r>
-      <w:r w:rsidR="001A28AD" w:rsidRPr="00137928">
+      <w:r w:rsidR="001A28AD" w:rsidRPr="000B27E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ideally in a STEM field)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00137928">
+      <w:r w:rsidRPr="000B27E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008D5FBB" w:rsidRPr="00137928">
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="000B27E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> LORs should contain contact information for recommenders for authentication purposes.</w:t>
       </w:r>
-      <w:r w:rsidR="00BE0411" w:rsidRPr="00137928">
+      <w:r w:rsidR="00BE0411" w:rsidRPr="000B27E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62219D50" w14:textId="6DF7D904" w:rsidR="00442E0B" w:rsidRPr="00137928" w:rsidRDefault="00442E0B" w:rsidP="00BE0411">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="6B40DB5A" w14:textId="67969745" w:rsidR="000B27E0" w:rsidRPr="000B27E0" w:rsidRDefault="00442E0B" w:rsidP="000B27E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00137928">
-[...706 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-3 page essay </w:t>
+      </w:r>
+      <w:r w:rsidR="000B27E0" w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>addressing one of the following prompts:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EFF463B" w14:textId="77777777" w:rsidR="000B27E0" w:rsidRPr="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="000B27E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00137928">
-[...72 lines deleted...]
-      <w:r w:rsidRPr="00137928">
+      <w:r w:rsidRPr="000B27E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If you are majoring in a non-STEM field</w:t>
       </w:r>
-      <w:r w:rsidRPr="00137928">
+      <w:r w:rsidRPr="000B27E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BE0411" w:rsidRPr="00137928">
+        <w:t xml:space="preserve">, explain the role that STEM subjects (science, technology, engineering and math) play in your field of study and/or future career. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02363096" w14:textId="77777777" w:rsidR="000B27E0" w:rsidRPr="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="000B27E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> explain the role that STEM</w:t>
-[...51 lines deleted...]
-      <w:r w:rsidRPr="00137928">
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If you are majoring in a STEM</w:t>
       </w:r>
-      <w:r w:rsidRPr="00137928">
+      <w:r w:rsidRPr="000B27E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> field</w:t>
-[...106 lines deleted...]
-    <w:p w14:paraId="585CBAB9" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+        <w:t xml:space="preserve"> field, explain the role that non-STEM subjects (such as literature, art, business, sociology, etc.) play in your field of study and/or future career. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F29439" w14:textId="77777777" w:rsidR="000B27E0" w:rsidRPr="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="000B27E0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="787421F9" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>You do not need to cover every possible STEM or non-STEM field; the goal is for applicants to demonstrate that they understand the interdisciplinary connection between STEM and non-STEM subjects.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5887FA1D" w14:textId="3C2D5595" w:rsidR="000B27E0" w:rsidRPr="00137928" w:rsidRDefault="000B27E0" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="597AFD79" w14:textId="4366D6B2" w:rsidR="000B27E0" w:rsidRPr="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="000B27E0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="4A897DF2" w14:textId="17932C4B" w:rsidR="00D01270" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An additional essay briefly and thoroughly addressing personal history questions below: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E5AF581" w14:textId="77777777" w:rsidR="000B27E0" w:rsidRPr="00137928" w:rsidRDefault="000B27E0" w:rsidP="000B27E0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00137928">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Please add any other information that you feel is pertinent to you</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>What is your current financial situation?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62893AF1" w14:textId="77777777" w:rsidR="000B27E0" w:rsidRPr="00137928" w:rsidRDefault="000B27E0" w:rsidP="000B27E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00137928">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> application.</w:t>
+        <w:t>What are your future educational and career plans?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A70AAA" w14:textId="77777777" w:rsidR="000B27E0" w:rsidRPr="00137928" w:rsidRDefault="000B27E0" w:rsidP="000B27E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Please add any other information that you feel is pertinent to your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5827936F" w14:textId="77777777" w:rsidR="000B27E0" w:rsidRPr="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="000B27E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A2367F5" w14:textId="4CF2A319" w:rsidR="003F4C46" w:rsidRPr="000B27E0" w:rsidRDefault="003F4C46" w:rsidP="000B27E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Proof of income</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (federal or state income tax return</w:t>
+      </w:r>
+      <w:r w:rsidR="00F170A1" w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or copy of W-2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the previous year)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD33739" w14:textId="77777777" w:rsidR="000B27E0" w:rsidRPr="000B27E0" w:rsidRDefault="003F4C46" w:rsidP="000B27E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>College Transcript</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – either the unofficial transcript from W</w:t>
+      </w:r>
+      <w:r w:rsidR="00E90CEC" w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>orkday</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, or an official transcript from the Registrar, including transcripts from any other colleges or universities attended prior to attending UNO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC8F1AE" w14:textId="24DCF5EC" w:rsidR="00570E46" w:rsidRPr="000B27E0" w:rsidRDefault="004E4B64" w:rsidP="000B27E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Spring 20</w:t>
+      </w:r>
+      <w:r w:rsidR="001A28AD" w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E90CEC" w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00570E46" w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> midterm grades;</w:t>
+      </w:r>
+      <w:r w:rsidR="00570E46" w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unofficial copy is fine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34730433" w14:textId="77777777" w:rsidR="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76AFAAAD" w14:textId="77777777" w:rsidR="00614D2E" w:rsidRDefault="00614D2E" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76003531" w14:textId="77777777" w:rsidR="00614D2E" w:rsidRPr="00137928" w:rsidRDefault="00614D2E" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B508C1A" w14:textId="2926A752" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>APPLICATION FORM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1B83D5" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Name________________________________________________ Date of Birth______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="369D59AC" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Local Address__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D85E66A" w14:textId="390F4163" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Phone_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00480BD0" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Email _________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00480BD0" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E53C90" w14:textId="093A621E" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Student # ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00480BD0" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S.S.#:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (last four digits </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="095121CE" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Employer____________________________________________ Position___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="088A85E0" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Work address___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="453E9208" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Work Phone_____________________ Hours worked per week _________ Annual Income_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C750477" w14:textId="1A109E2C" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Marital Status _________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00480BD0" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D05A7E" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Number of Dependents</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; Ages </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00480BD0" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00390E9E" w14:textId="3E2E24BF" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Standing at UNO (</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i.e., freshman, junior): _________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00480BD0" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27F27E85" w14:textId="3E7FA711" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Major ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00480BD0" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Minor_________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00480BD0" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GPA___________</w:t>
+      </w:r>
+      <w:r w:rsidR="00480BD0" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CEC73DC" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="00BE0411">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Credit hours completed____________    College semesters completed ______________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04170A66" w14:textId="77777777" w:rsidR="00D01270" w:rsidRPr="00137928" w:rsidRDefault="00D01270" w:rsidP="00D01270">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F0C89DA" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+    <w:p w14:paraId="5F0C89DA" w14:textId="7C94879D" w:rsidR="003F4C46" w:rsidRPr="000B27E0" w:rsidRDefault="000B27E0" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>REMINDER: ATTACHMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58124D41" w14:textId="6BAAFDCE" w:rsidR="007E4A39" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00137928">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ATTACHMENTS</w:t>
-[...13 lines deleted...]
-      </w:pPr>
+        <w:t>In addition to your Personal History</w:t>
+      </w:r>
+      <w:r w:rsidR="007F261E" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and essay</w:t>
+      </w:r>
       <w:r w:rsidRPr="00137928">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>In addition to your Personal History</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and essay</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90CEC" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>remember</w:t>
       </w:r>
       <w:r w:rsidRPr="00137928">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...7 lines deleted...]
-        <w:t>remember</w:t>
+        <w:t xml:space="preserve"> to attach all of the items in the checklist at the top of the page.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00137928">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to attach </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Before you submit your application, make a copy of everything for your own records. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512AAA3A" w14:textId="56EAB46D" w:rsidR="003F4C46" w:rsidRPr="00137928" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00137928">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>all of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">Submit your application materials </w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>according to the instruction</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0411" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the Women’s Center Scholarships page.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F1D763" w14:textId="77777777" w:rsidR="004E4B64" w:rsidRPr="00137928" w:rsidRDefault="004E4B64" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75E0C7A7" w14:textId="1D60E465" w:rsidR="004E4B64" w:rsidRPr="00137928" w:rsidRDefault="008D5FBB" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00137928">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the items in the checklist at the top of the page.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D5FBB" w:rsidRPr="00137928">
+        <w:t>IF SUBMITTING A HARD COPY, PLEASE</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0411" w:rsidRPr="00137928">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="004E4B64" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PRINT ALL APPLICATION MATERIALS ON </w:t>
+      </w:r>
+      <w:r w:rsidR="004E4B64" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ONE</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4B64" w:rsidRPr="00137928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SIDE OF THE PAPER ONLY!!!</w:t>
+      </w:r>
       <w:r w:rsidRPr="00137928">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Before you submit your application, make a copy of everything for your own records. </w:t>
-[...13 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> DO </w:t>
+      </w:r>
       <w:r w:rsidRPr="00137928">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...51 lines deleted...]
-      </w:pPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NOT</w:t>
+      </w:r>
       <w:r w:rsidRPr="00137928">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>IF SUBMITTING A HARD COPY, PLEASE</w:t>
-[...56 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> STAPLE ANY PAGES TOGETHER!!!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F5A81B0" w14:textId="5561EEAE" w:rsidR="00C379FF" w:rsidRPr="00137928" w:rsidRDefault="00C379FF" w:rsidP="003F4C46">
-[...28 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:p w14:paraId="31EA33D4" w14:textId="77777777" w:rsidR="00614D2E" w:rsidRPr="00614D2E" w:rsidRDefault="00614D2E" w:rsidP="00614D2E">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00614D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>An applicant must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D30BB5" w14:textId="77777777" w:rsidR="00614D2E" w:rsidRPr="00614D2E" w:rsidRDefault="00614D2E" w:rsidP="00614D2E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00614D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Be a registered, female undergraduate at UNO, 18 years of age or older.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B74E15E" w14:textId="77777777" w:rsidR="00614D2E" w:rsidRPr="00614D2E" w:rsidRDefault="00614D2E" w:rsidP="00614D2E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00614D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Have completed at least 24 hours of college courses towards a degree at the time of the award.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF698FC" w14:textId="77777777" w:rsidR="00614D2E" w:rsidRPr="00614D2E" w:rsidRDefault="00614D2E" w:rsidP="00614D2E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00614D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Have a minimum 2.5 G.P.A. at the time of the award.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4857C593" w14:textId="77777777" w:rsidR="00614D2E" w:rsidRPr="00614D2E" w:rsidRDefault="00614D2E" w:rsidP="00614D2E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00614D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Exhibit academic dedication, as well as insight into the interrelationships between academic disciplines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4383EC" w14:textId="77777777" w:rsidR="00614D2E" w:rsidRPr="00614D2E" w:rsidRDefault="00614D2E" w:rsidP="00614D2E">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00614D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>A recipient must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B28E7AD" w14:textId="77777777" w:rsidR="00614D2E" w:rsidRPr="00614D2E" w:rsidRDefault="00614D2E" w:rsidP="00614D2E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00614D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Maintain full-time standing (no fewer than 12 hours during a regular semester) during the semesters she is receiving the award.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CD15752" w14:textId="77B74A87" w:rsidR="003F4C46" w:rsidRPr="00614D2E" w:rsidRDefault="00614D2E" w:rsidP="00614D2E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00614D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Remain in good standing at the university.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="003F4C46" w:rsidRPr="00614D2E" w:rsidSect="00614D2E">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="304C570B" w14:textId="77777777" w:rsidR="00166526" w:rsidRDefault="00166526" w:rsidP="00443CF5">
+    <w:p w14:paraId="310624C6" w14:textId="77777777" w:rsidR="00D50992" w:rsidRDefault="00D50992" w:rsidP="00443CF5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42D32AD3" w14:textId="77777777" w:rsidR="00166526" w:rsidRDefault="00166526" w:rsidP="00443CF5">
+    <w:p w14:paraId="27995C17" w14:textId="77777777" w:rsidR="00D50992" w:rsidRDefault="00D50992" w:rsidP="00443CF5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
-    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="1593519125"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
@@ -1872,122 +2241,169 @@
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="27B8FAC4" w14:textId="222E046F" w:rsidR="00137928" w:rsidRDefault="00137928" w:rsidP="00137928">
+  <w:p w14:paraId="27B8FAC4" w14:textId="7A78C10A" w:rsidR="00137928" w:rsidRDefault="00137928" w:rsidP="00137928">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r>
-      <w:t>Neidermeier</w:t>
+      <w:t>Neidermeier Application (2 pages total)</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-      <w:t xml:space="preserve"> Application (2 pages total)</w:t>
+    <w:r w:rsidR="000B27E0">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0592A30F" wp14:editId="03DC2E83">
+          <wp:extent cx="3795461" cy="607695"/>
+          <wp:effectExtent l="0" t="0" r="1905" b="1905"/>
+          <wp:docPr id="1773533001" name="Picture 1">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1773533001" name="Picture 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="4087374" cy="654433"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="408C4C5A" w14:textId="77777777" w:rsidR="00166526" w:rsidRDefault="00166526" w:rsidP="00443CF5">
+    <w:p w14:paraId="5D7E9347" w14:textId="77777777" w:rsidR="00D50992" w:rsidRDefault="00D50992" w:rsidP="00443CF5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1207A12B" w14:textId="77777777" w:rsidR="00166526" w:rsidRDefault="00166526" w:rsidP="00443CF5">
+    <w:p w14:paraId="0E39056A" w14:textId="77777777" w:rsidR="00D50992" w:rsidRDefault="00D50992" w:rsidP="00443CF5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3FF8BAA0" w14:textId="675B66A4" w:rsidR="00443CF5" w:rsidRDefault="00166526" w:rsidP="00443CF5">
+  <w:p w14:paraId="3FF8BAA0" w14:textId="675B66A4" w:rsidR="00443CF5" w:rsidRDefault="00D50992" w:rsidP="00443CF5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00170130">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:object w:dxaOrig="2880" w:dyaOrig="2880" w14:anchorId="387D896E">
+      <w:object w:dxaOrig="2880" w:dyaOrig="2880" w14:anchorId="6AEAACC1">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="A logo for a university&#13;&#13;&#13;&#10;&#13;&#13;&#13;&#10;AI-generated content may be incorrect." style="width:92.75pt;height:74.1pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" fillcolor="window">
+        <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:92.55pt;height:74.2pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" fillcolor="window">
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="MS_ClipArt_Gallery" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1799146635" r:id="rId2">
+        <o:OLEObject Type="Embed" ProgID="MS_ClipArt_Gallery" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1825497919" r:id="rId2">
           <o:FieldCodes>\* MERGEFORMAT</o:FieldCodes>
         </o:OLEObject>
       </w:object>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A1F7E10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E8ACFBA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -2043,112 +2459,1109 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C4A3240"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC30CF92"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19B72E0C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9DCC1936"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A710EF4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AE4C2F26"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27DA0D01"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2BB8B13A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41E07C39"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2E5CDC54"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AA26BB6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EEC8056C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="586438B8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7458E462"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="798A0896"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00FC258E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E153E0D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="765C15A0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1743064728">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="405568124">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1801876499">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1985162211">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="893590235">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="344140643">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="501361015">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2054233910">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="591743061">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="245968350">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="145"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="136"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F4C46"/>
+    <w:rsid w:val="000B27E0"/>
+    <w:rsid w:val="00131B9D"/>
     <w:rsid w:val="00137928"/>
     <w:rsid w:val="00166526"/>
+    <w:rsid w:val="001717F2"/>
     <w:rsid w:val="001745CB"/>
     <w:rsid w:val="001A28AD"/>
     <w:rsid w:val="00244BB1"/>
+    <w:rsid w:val="003B03E5"/>
     <w:rsid w:val="003F4C46"/>
     <w:rsid w:val="00442E0B"/>
     <w:rsid w:val="00443CF5"/>
     <w:rsid w:val="00480BD0"/>
     <w:rsid w:val="004E4B64"/>
     <w:rsid w:val="004E5D68"/>
     <w:rsid w:val="004E6DBB"/>
     <w:rsid w:val="00570E46"/>
+    <w:rsid w:val="00614D2E"/>
     <w:rsid w:val="007525C9"/>
     <w:rsid w:val="007E4A39"/>
     <w:rsid w:val="007F261E"/>
     <w:rsid w:val="008D5FBB"/>
     <w:rsid w:val="00941411"/>
     <w:rsid w:val="009A0C1A"/>
+    <w:rsid w:val="00A526A0"/>
     <w:rsid w:val="00AC34B1"/>
     <w:rsid w:val="00AD0455"/>
     <w:rsid w:val="00AF605E"/>
     <w:rsid w:val="00B61D48"/>
     <w:rsid w:val="00BE0411"/>
     <w:rsid w:val="00C379FF"/>
     <w:rsid w:val="00D01270"/>
     <w:rsid w:val="00D05A7E"/>
     <w:rsid w:val="00D3371B"/>
+    <w:rsid w:val="00D50992"/>
+    <w:rsid w:val="00E861EF"/>
     <w:rsid w:val="00E90CEC"/>
     <w:rsid w:val="00F170A1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2623,61 +4036,102 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00443CF5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00443CF5"/>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00137928"/>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B27E0"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00614D2E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00614D2E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:womenscenter@uno.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klrodri2@uno.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -2965,69 +4419,69 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>492</Words>
-  <Characters>2810</Characters>
+  <Words>663</Words>
+  <Characters>3784</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3296</CharactersWithSpaces>
+  <CharactersWithSpaces>4439</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Michael DeMocker</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>