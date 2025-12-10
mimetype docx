--- v0 (2025-10-15)
+++ v1 (2025-12-10)
@@ -1,1355 +1,1892 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3672AD01" w14:textId="2421CBD4" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="009A0C1A" w:rsidP="003F4C46">
+    <w:p w14:paraId="3672AD01" w14:textId="2421CBD4" w:rsidR="003F4C46" w:rsidRPr="00637766" w:rsidRDefault="009A0C1A" w:rsidP="003F4C46">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00E74892" w:rsidRPr="00B62BAB">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00E74892" w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Rosaline June Backus Endowed</w:t>
       </w:r>
-      <w:r w:rsidR="003F4C46" w:rsidRPr="00B62BAB">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="003F4C46" w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Scholarship</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6863DB99" w14:textId="3D987D94" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+    <w:p w14:paraId="7BBF818D" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>APPLICATIONS DUE BY March 27, 2026 at 4 p.m.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CDA0757" w14:textId="2743C6CE" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>One time award of $</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>500</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the fall semester</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for one student</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53587DE1" w14:textId="77777777" w:rsidR="00637766" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:pStyle w:val="a"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04E20286" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PLEASE NOTE:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8783BA" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All scholarship applicants must have a current FAFSA on file with the financial aid office. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02D5677E" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">International Students must indicate their international status in their application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FEFF60F" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B62BAB">
-[...55 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Women’s Center scholarships are for undergraduate students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BF7A83" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
-[...1093 lines deleted...]
-        <w:t xml:space="preserve">If you have any questions, email </w:t>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="70AD47"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23CBD500" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Completed applications may be delivered in one of two ways:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB71992" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EMAIL PDFs to </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00644097" w:rsidRPr="00B62BAB">
+        <w:r w:rsidRPr="0018563E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>klrodri2@uno.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="0018563E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>womenscenter@uno.edu</w:t>
         </w:r>
       </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="545CD532" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PRINT hard copies and deliver to the UNO Women’s Center, Earl K. Long Library, 201 -NO STAPLES, Printed on ONE SIDE of paper</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="086BD33B" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B933FC6" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALL materials for this application MUST be included as one file.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B025164" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Please carefully review the following list of requirements and ensure you have included all materials for this award:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2EB734" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4137201B" w14:textId="21239645" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="00637766" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="00E74892" w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>note the different materials required depending on whether the applicant is an incoming freshman OR a continuing student</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24ACB0E8" w14:textId="100B734D" w:rsidR="00E74892" w:rsidRPr="00B62BAB" w:rsidRDefault="00E74892" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2252FB3C" w14:textId="4FEEA382" w:rsidR="00E74892" w:rsidRPr="00637766" w:rsidRDefault="00E74892" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>FOR INCOMING FRESHMEN:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD779F5" w14:textId="1025E148" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00637766" w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ompleted application form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="376E9727" w14:textId="4E5DA33F" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E74892" w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>One</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> letter</w:t>
+      </w:r>
+      <w:r w:rsidR="00E74892" w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of recommendation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E74892" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>from an employer or other professional referent.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LORs should contain contact information for recommenders for authentication purposes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794C75CF" w14:textId="2840910C" w:rsidR="00583866" w:rsidRPr="00B62BAB" w:rsidRDefault="00583866" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Short essay</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (maximum three typed pages) explaining why the applicant wishes to earn a bachelor’s degree and how doing so will impact her life.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="062C0772" w14:textId="62265683" w:rsidR="00583866" w:rsidRPr="00B62BAB" w:rsidRDefault="00583866" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73D1BEF9" w14:textId="5009372D" w:rsidR="00583866" w:rsidRPr="00637766" w:rsidRDefault="00583866" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>FOR CONTINUING STUDENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C968D92" w14:textId="3CD0EF50" w:rsidR="00583866" w:rsidRPr="00B62BAB" w:rsidRDefault="00583866" w:rsidP="00583866">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ompleted application form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58162154" w14:textId="353F0EDF" w:rsidR="00583866" w:rsidRPr="00B62BAB" w:rsidRDefault="00583866" w:rsidP="00583866">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>College Transcript</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – either the unofficial transcript from </w:t>
+      </w:r>
       <w:r w:rsidR="00644097" w:rsidRPr="00B62BAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+        <w:t>Workday</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, or an official transcript from the Registrar, including transcripts from any other colleges or universities attended prior to attending UNO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B62DFEE" w14:textId="1BFD3708" w:rsidR="00583866" w:rsidRPr="00B62BAB" w:rsidRDefault="00583866" w:rsidP="00583866">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Spring</w:t>
+      </w:r>
+      <w:r w:rsidR="009D202C" w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00644097" w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> midterm grades;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unofficial copy is fine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D23B65D" w14:textId="77777777" w:rsidR="00DA13FA" w:rsidRPr="00B62BAB" w:rsidRDefault="00DA13FA" w:rsidP="00DA13FA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4C46" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Short essay</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (maximum three typed pages) explaining why the applicant wishes to earn a bachelor’s degree and how doing so will impact her life.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="422472AF" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="003F4C46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B508C1A" w14:textId="6E29729B" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="00DA13FA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>APPLICATION FORM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1B83D5" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="00DA13FA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Name________________________________________________ Date of Birth______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="369D59AC" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="00DA13FA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Local Address__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D85E66A" w14:textId="6B60B3DD" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="00DA13FA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Phone_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA13FA" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Email _________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA13FA" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E53C90" w14:textId="0C999176" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="00DA13FA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Student # ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA13FA" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S.S.#:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (last four digits </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01270" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272339B1" w14:textId="77777777" w:rsidR="00DA13FA" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="00DA13FA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Employer____________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C841CD4" w14:textId="1CC08605" w:rsidR="00DA13FA" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="00DA13FA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Position___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA13FA" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Work Phone_____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA13FA" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="453E9208" w14:textId="2062F20E" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="00DA13FA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Hours worked per week _________</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA13FA" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Annual Income_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA13FA" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C750477" w14:textId="465D8060" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="00DA13FA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Marital Status _________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Number of Dependents</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; Ages </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00390E9E" w14:textId="741938E5" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="00DA13FA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Standing at UNO (</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FBB" w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i.e., freshman, junior): _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27F27E85" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="00DA13FA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Major ____________________ Minor_________________ GPA___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CEC73DC" w14:textId="77777777" w:rsidR="003F4C46" w:rsidRPr="00B62BAB" w:rsidRDefault="003F4C46" w:rsidP="00DA13FA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Credit hours completed____________    College semesters completed ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32885643" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>REMINDER: ATTACHMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33621332" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In addition to your Personal History Essay, remember to attach all the items in the checklist at the top of the page.  Before you submit your application, make a copy of everything for your own records. Submit your application materials according to the instructions on the Women’s Center Scholarships page.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54872A3F" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="0018563E" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CD15752" w14:textId="393C3FC4" w:rsidR="003F4C46" w:rsidRPr="00637766" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IF SUBMITTING A HARD COPY, PLEASE PRINT ALL APPLICATION MATERIALS ON </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ONE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SIDE OF THE PAPER ONLY!!! DO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NOT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018563E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> STAPLE ANY PAGES TOGETHER!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194F4F0A" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="00637766" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rosalind June Backus (née Speer) was born in a rural town in Kansas in 1940 where food was often hard to come by and education was a luxury for her family. Reading was her escape. Borrowing from the library, she would spend her free time getting lost in a mystery or the wild landscapes of a Louis L’Amour novel. When she graduated from high school, college was far too expensive, so Rosalind worked. She fell in love with Thomas Backus, and they soon married. While raising five children and often working up to three jobs to make ends meet, Rosalind inspired a love of reading and writing in all her children. Though she was able to take a few college classes herself, she was never able to dedicate enough resources to complete a college degree. However, Rosalind’s youngest child graduated from the Creative Writing Workshop at University of New Orleans (UNO) with an MFA in Creative Writing. Sadly, Rosalind did not live to see her daughter earn that diploma as she passed away just days after her 59th wedding anniversary. This scholarship, established in Rosalind’s memory, is meant to uplift and inspire women who may be pursuing a bachelor’s degree after raising a family or working to make ends meet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C29915" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="00637766" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>An applicant must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F77BAFB" w14:textId="5AC04445" w:rsidR="00637766" w:rsidRPr="00637766" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Be a registered undergraduate at UNO, at least 40 years of age at the time of the award. (Incoming freshmen may apply before they are registered but must be registered in the fall semester following in order to receive the award.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F4D0ECB" w14:textId="52640FC6" w:rsidR="00637766" w:rsidRPr="00637766" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Have a minimum 3.0 GPA if she is a continuing student OR provide a letter of recommendation from an employer or other professional reference if she is an incoming freshman.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3D52E4" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="00637766" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Identify as a woman</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA1EA2A" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="00637766" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exhibit academic dedication</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A13854" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="00637766" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>A recipient must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EFADE02" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="00637766" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Be enrolled for at least 12 credit hours during the semester she receives the award.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5923D75B" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="00637766" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Maintain full-time standing (no fewer than 12 hours during a regular semester).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0995B9" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="00637766" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Maintain at least a cumulative 3.0 G.P.A.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517A0B72" w14:textId="77777777" w:rsidR="00637766" w:rsidRPr="00637766" w:rsidRDefault="00637766" w:rsidP="00637766">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00637766" w:rsidRPr="00637766" w:rsidSect="00637766">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="114F4B61" w14:textId="77777777" w:rsidR="001643C3" w:rsidRDefault="001643C3" w:rsidP="00342FB1">
+    <w:p w14:paraId="578D969F" w14:textId="77777777" w:rsidR="001C204B" w:rsidRDefault="001C204B" w:rsidP="00342FB1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="174AD97F" w14:textId="77777777" w:rsidR="001643C3" w:rsidRDefault="001643C3" w:rsidP="00342FB1">
+    <w:p w14:paraId="19F09A67" w14:textId="77777777" w:rsidR="001C204B" w:rsidRDefault="001C204B" w:rsidP="00342FB1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...7 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-270246656"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="250A04BF" w14:textId="13E29ECB" w:rsidR="00B62BAB" w:rsidRDefault="00B62BAB" w:rsidP="00A53E9E">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -1418,117 +1955,181 @@
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="6761D599" w14:textId="0DDD9C63" w:rsidR="00342FB1" w:rsidRDefault="00B62BAB" w:rsidP="00B62BAB">
+  <w:p w14:paraId="6761D599" w14:textId="7B78B872" w:rsidR="00342FB1" w:rsidRDefault="00B62BAB" w:rsidP="00B62BAB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
-      <w:t>Backus application (2 pages total)</w:t>
+      <w:t>Backus application (</w:t>
+    </w:r>
+    <w:r w:rsidR="00637766">
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> pages total)</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1C8D41A2" w14:textId="33A57765" w:rsidR="00637766" w:rsidRDefault="00637766" w:rsidP="00B62BAB">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DE234FB" wp14:editId="01BCDD98">
+          <wp:extent cx="3795461" cy="607695"/>
+          <wp:effectExtent l="0" t="0" r="1905" b="1905"/>
+          <wp:docPr id="1773533001" name="Picture 1">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1773533001" name="Picture 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="4087374" cy="654433"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FAA7B90" w14:textId="77777777" w:rsidR="001643C3" w:rsidRDefault="001643C3" w:rsidP="00342FB1">
+    <w:p w14:paraId="0FF30571" w14:textId="77777777" w:rsidR="001C204B" w:rsidRDefault="001C204B" w:rsidP="00342FB1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="762B424E" w14:textId="77777777" w:rsidR="001643C3" w:rsidRDefault="001643C3" w:rsidP="00342FB1">
+    <w:p w14:paraId="26D6FD5B" w14:textId="77777777" w:rsidR="001C204B" w:rsidRDefault="001C204B" w:rsidP="00342FB1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="71F1F9BE" w14:textId="30851231" w:rsidR="00342FB1" w:rsidRDefault="001643C3" w:rsidP="00342FB1">
+  <w:p w14:paraId="71F1F9BE" w14:textId="30851231" w:rsidR="00342FB1" w:rsidRDefault="001C204B" w:rsidP="00342FB1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00170130">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:object w:dxaOrig="2880" w:dyaOrig="2880" w14:anchorId="7C17B4E5">
+      <w:object w:dxaOrig="2880" w:dyaOrig="2880" w14:anchorId="1F015B17">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="A logo for a university&#13;&#13;&#13;&#10;&#13;&#13;&#13;&#10;AI-generated content may be incorrect." style="width:92.75pt;height:74.1pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" fillcolor="window">
+        <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:92.55pt;height:74.2pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" fillcolor="window">
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="MS_ClipArt_Gallery" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1799146334" r:id="rId2">
+        <o:OLEObject Type="Embed" ProgID="MS_ClipArt_Gallery" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1825498004" r:id="rId2">
           <o:FieldCodes>\* MERGEFORMAT</o:FieldCodes>
         </o:OLEObject>
       </w:object>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A1F7E10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E8ACFBA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -1673,116 +2274,514 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BFE1D84"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2F5C6B34"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35221014"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E7B21B08"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AA26BB6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EEC8056C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="515074929">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1766532499">
     <w:abstractNumId w:val="1"/>
   </w:num>
+  <w:num w:numId="3" w16cid:durableId="405568124">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="837382338">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="303782231">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="145"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="136"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F4C46"/>
     <w:rsid w:val="00035770"/>
     <w:rsid w:val="001643C3"/>
     <w:rsid w:val="001745CB"/>
+    <w:rsid w:val="001C204B"/>
     <w:rsid w:val="00244BB1"/>
     <w:rsid w:val="00263178"/>
     <w:rsid w:val="00342FB1"/>
+    <w:rsid w:val="003B03E5"/>
     <w:rsid w:val="003F4C46"/>
     <w:rsid w:val="004E4B64"/>
     <w:rsid w:val="004E5D68"/>
+    <w:rsid w:val="00506995"/>
     <w:rsid w:val="005432D8"/>
     <w:rsid w:val="00570E46"/>
     <w:rsid w:val="00583866"/>
+    <w:rsid w:val="00637766"/>
     <w:rsid w:val="00644097"/>
     <w:rsid w:val="007E4A39"/>
+    <w:rsid w:val="00860E52"/>
     <w:rsid w:val="008D5FBB"/>
     <w:rsid w:val="00941411"/>
     <w:rsid w:val="00956907"/>
     <w:rsid w:val="009A0C1A"/>
     <w:rsid w:val="009D202C"/>
     <w:rsid w:val="00AD0455"/>
     <w:rsid w:val="00AF605E"/>
     <w:rsid w:val="00B61D48"/>
     <w:rsid w:val="00B62BAB"/>
     <w:rsid w:val="00C379FF"/>
     <w:rsid w:val="00CA3423"/>
     <w:rsid w:val="00D01270"/>
     <w:rsid w:val="00D60308"/>
     <w:rsid w:val="00DA13FA"/>
     <w:rsid w:val="00E74892"/>
+    <w:rsid w:val="00E861EF"/>
     <w:rsid w:val="00F170A1"/>
     <w:rsid w:val="00F41E11"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2269,61 +3268,124 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00342FB1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00342FB1"/>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B62BAB"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
+    <w:name w:val="_"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00637766"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:ind w:left="720" w:hanging="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
+    <w:name w:val="Body"/>
+    <w:rsid w:val="00637766"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+        <w:bar w:val="nil"/>
+      </w:pBdr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:u w:color="000000"/>
+      <w:bdr w:val="nil"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00637766"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00637766"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:womenscenter@uno.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:womenscenter@uno.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klrodri2@uno.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -2610,70 +3672,70 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2309</Characters>
+  <Pages>3</Pages>
+  <Words>772</Words>
+  <Characters>4407</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2708</CharactersWithSpaces>
+  <CharactersWithSpaces>5169</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Michael DeMocker</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>