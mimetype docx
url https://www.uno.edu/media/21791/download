--- v0 (2025-10-07)
+++ v1 (2026-03-10)
@@ -3,1864 +3,1254 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="42FB6D49" w14:textId="77777777" w:rsidR="00B517C2" w:rsidRDefault="00C02152">
-[...2 lines deleted...]
-        <w:ind w:left="34" w:firstLine="0"/>
+    <w:p w14:paraId="42FB6D49" w14:textId="3957866B" w:rsidR="00B517C2" w:rsidRPr="00D52CAF" w:rsidRDefault="00C02152" w:rsidP="0014340D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00D52CAF">
+        <w:t>UNO Course Syllabus Requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D6B04F" w14:textId="3FEA6DC1" w:rsidR="00B517C2" w:rsidRDefault="00B517C2" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7774F195" w14:textId="30853037" w:rsidR="00B517C2" w:rsidRDefault="00C02152" w:rsidP="00384418">
+      <w:r>
         <w:t xml:space="preserve">The following checklist outlines university requirements and recommendations for course syllabi.  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE3643">
+      <w:r w:rsidRPr="00471887">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">All UNO teaching faculty are required to post </w:t>
       </w:r>
-      <w:r w:rsidR="00176CC8" w:rsidRPr="00AE3643">
+      <w:r w:rsidR="00176CC8" w:rsidRPr="00471887">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE3643">
+      <w:r w:rsidRPr="00471887">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> syllabus in </w:t>
       </w:r>
-      <w:r w:rsidR="00C93063">
+      <w:r w:rsidR="00C93063" w:rsidRPr="00471887">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
         </w:rPr>
         <w:t>Canvas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE3643">
+      <w:r w:rsidRPr="00471887">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C7CC7" w:rsidRPr="00AE3643">
+      <w:r w:rsidR="002C7CC7" w:rsidRPr="00471887">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
         </w:rPr>
         <w:t>no later than</w:t>
       </w:r>
-      <w:r w:rsidR="0057226B" w:rsidRPr="00AE3643">
+      <w:r w:rsidR="0057226B" w:rsidRPr="00471887">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> the first day of </w:t>
       </w:r>
-      <w:r w:rsidR="00574992" w:rsidRPr="00AE3643">
+      <w:r w:rsidR="00574992" w:rsidRPr="00471887">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">the start of </w:t>
       </w:r>
-      <w:r w:rsidR="00176CC8" w:rsidRPr="00AE3643">
+      <w:r w:rsidR="00176CC8" w:rsidRPr="00471887">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
         </w:rPr>
         <w:t>academic contract</w:t>
       </w:r>
-      <w:r w:rsidR="00792835" w:rsidRPr="00AE3643">
+      <w:r w:rsidR="00792835" w:rsidRPr="00471887">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> for fall semester, and three working days before the start of spring semester</w:t>
       </w:r>
-      <w:r w:rsidR="00574992" w:rsidRPr="00AE3643">
+      <w:r w:rsidR="00574992" w:rsidRPr="00471887">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
         </w:rPr>
         <w:t>, regardless of course delivery method</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE3643">
+      <w:r w:rsidRPr="00471887">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00471887">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>The syllabus must contain, at minimum, all elements found under “Requirements” below.  Please revise syllabi accordingly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6959E7" w14:textId="77777777" w:rsidR="00B517C2" w:rsidRDefault="00C02152" w:rsidP="00384418">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100C5B58" w14:textId="32B1E1C4" w:rsidR="00B517C2" w:rsidRDefault="00C02152" w:rsidP="00D52CAF">
+      <w:r>
+        <w:t xml:space="preserve">Course syllabus information, other than the grading criteria and absence/make-up policies, may be subject to change with reasonable advance notice as long as the change is without prejudice to the students.  Instructors are welcome to customize syllabi to suit their courses and professional style. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B405C09" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRPr="00384418" w:rsidRDefault="00D52CAF" w:rsidP="00B451A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00384418">
+        <w:t xml:space="preserve">Requirements </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F17A8ED" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Course title and number </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39B855E7" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Day, time, and place of class meetings </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC45588" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Instructor name </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A1241B5" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Instructor office location and office hours </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096FADF9" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Instructor</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> phone number and email address </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C71EE8B" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Student learning outcomes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D9101A" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Attendance policy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="774BABD4" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Required/recommended textbooks/learning resources, including ISBN # </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0BE3EB" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Course prerequisites (if applicable) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C338A9C" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Tentative due dates for assignments, projects, tests, final exam </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20594D27" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Criteria for grading and grading standards </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF199C7" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For any graduate course being co-taught with an undergraduate course, a separate section on graduate level requirements (e.g., readings, performances, assessments) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA51B24" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Statement on student conduct </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC5F965" w14:textId="0A3509E6" w:rsidR="000F6319" w:rsidRDefault="00D52CAF" w:rsidP="000F6319">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Standard statement on academic integrity* </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48951414" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Standard statement on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>accommodations</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> for students with disabilities** </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A301A56" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Standard statement on student verification procedures (ONLINE COURSES </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>ONLY)*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">** </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426F0B44" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Assignment/exam proctoring options (ONLINE COURSES ONLY) ***</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3910081F" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00B451A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Recommendations </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37144DA0" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Description of what the class will be like, including how the class will be taught and why </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F2CE17" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Description of instructor expectations of students (e.g., reading assignments prior to class, arriving on time, remaining for full class session, participation in discussions, etc.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD90F77" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Description of special procedures for this class (e.g., laboratory rules) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B330A2B" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Advice on how to read/approach materials, how to study for tests/exams </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6019E777" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Specific criteria for each graded assignment </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD1A3E2" w14:textId="77777777" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Statement on incomplete or late coursework, extra credit, etc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F4A3E4" w14:textId="4FB59B10" w:rsidR="00D52CAF" w:rsidRDefault="00D52CAF" w:rsidP="0014340D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Information on student support services (e.g., </w:t>
+      </w:r>
+      <w:r w:rsidR="00A17878">
+        <w:t>tutoring resources</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Library)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D08CFE" w14:textId="656CA29F" w:rsidR="001B1EFD" w:rsidRPr="00384418" w:rsidRDefault="001B1EFD" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00384418">
+        <w:t xml:space="preserve">Syllabus </w:t>
+      </w:r>
+      <w:r w:rsidR="00553844" w:rsidRPr="00384418">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384418">
+        <w:t xml:space="preserve">anguage </w:t>
+      </w:r>
+      <w:r w:rsidR="00A35430" w:rsidRPr="00384418">
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00553844" w:rsidRPr="00384418">
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7659C" w:rsidRPr="00384418">
+        <w:t xml:space="preserve">niversity </w:t>
+      </w:r>
+      <w:r w:rsidR="00553844" w:rsidRPr="00384418">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7659C" w:rsidRPr="00384418">
+        <w:t>olicies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E68EB90" w14:textId="52EE0C9C" w:rsidR="00553844" w:rsidRPr="00384418" w:rsidRDefault="00553844" w:rsidP="00384418">
+      <w:pPr>
         <w:rPr>
-          <w:i w:val="0"/>
+          <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">  The syllabus must contain, at minimum, all elements found under “Requirements” below.  Please revise syllabi accordingly.</w:t>
-[...7 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00384418">
+        <w:t>The language below is taken from UNO’s governing policies and should be used intact. Text in brackets can be adapted to reflect your courses' specific</w:t>
+      </w:r>
+      <w:r w:rsidR="0021663A" w:rsidRPr="00384418">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384418">
+        <w:t xml:space="preserve"> related requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A255234" w14:textId="65105957" w:rsidR="001B1EFD" w:rsidRPr="007D3164" w:rsidRDefault="001B1EFD" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:i w:val="0"/>
+          <w:i/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3164">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Academic </w:t>
+      </w:r>
+      <w:r w:rsidR="002939F9" w:rsidRPr="007D3164">
+        <w:t>Integrity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F7CB99" w14:textId="46ECF3F3" w:rsidR="00AF1AAB" w:rsidRDefault="00C02152" w:rsidP="00B451A1">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B1EFD">
+        <w:t xml:space="preserve">Academic integrity is fundamental to the process of learning and evaluating academic performance.  Academic </w:t>
+      </w:r>
+      <w:r w:rsidR="004444E9">
+        <w:t>misconduct</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1EFD">
+        <w:t xml:space="preserve"> will not be tolerated.  Academic </w:t>
+      </w:r>
+      <w:r w:rsidR="004444E9">
+        <w:t>misconduct</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1EFD">
+        <w:t xml:space="preserve"> includes, but is not limited to, the following:  cheating, plagiarism, tampering with academic records and examinations, falsifying identity, and being an accessory to acts of academic dishonesty.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10A03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...971 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00F10A03" w:rsidRPr="00F10A03">
+        <w:t xml:space="preserve">Using any AI generated content (such as that generated by language models like ChatGPT) must be authorized specifically and correctly attributed. </w:t>
+      </w:r>
       <w:r w:rsidRPr="001B1EFD">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Academic integrity is fundamental to the process of learning and evaluating academic performance.  Academic </w:t>
+        <w:t xml:space="preserve">Refer to </w:t>
       </w:r>
       <w:r w:rsidR="004444E9">
-        <w:rPr>
-[...44 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="004444E9" w:rsidRPr="004444E9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:i w:val="0"/>
           </w:rPr>
           <w:t>Code of Conduct</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="4FD03A64" w:rsidRPr="001B1EFD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1EFD">
+        <w:t>for further information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA0171A" w14:textId="20B35D34" w:rsidR="001B1EFD" w:rsidRPr="007D3164" w:rsidRDefault="001B1EFD" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:i w:val="0"/>
+          <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001B1EFD">
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D3164">
+        <w:t>Accommodations</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="7B0FF5B2" w14:textId="23274802" w:rsidR="00B517C2" w:rsidRPr="00427585" w:rsidRDefault="00C02152" w:rsidP="00384418">
+      <w:pPr>
         <w:rPr>
-          <w:i w:val="0"/>
-[...52 lines deleted...]
-          <w:i w:val="0"/>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B1EFD">
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">It is University policy to provide, on a flexible and individualized basis, reasonable </w:t>
+        <w:t xml:space="preserve">It is University policy to provide, on a flexible and individualized basis, reasonable accommodations to students who have disabilities that may affect their ability to participate in course activities or to meet course requirements.  Students with disabilities should contact the Office of </w:t>
+      </w:r>
+      <w:r w:rsidR="00545C1D">
+        <w:t>Accessibility</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1EFD">
+        <w:t xml:space="preserve"> Services as well as their instructors to discuss their individual needs for </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001B1EFD">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>accommodations</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001B1EFD">
-        <w:rPr>
-[...32 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">.  For more information, please go to </w:t>
       </w:r>
       <w:r w:rsidR="00F85AB2" w:rsidRPr="004444E9">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00545C1D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:i w:val="0"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Office of Accessibility Services website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00427585">
         <w:rPr>
-          <w:i w:val="0"/>
-          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27898214" w14:textId="3348D570" w:rsidR="00F85AB2" w:rsidRPr="007D3164" w:rsidRDefault="00F85AB2">
-[...1 lines deleted...]
-        <w:ind w:left="-5"/>
+    <w:p w14:paraId="27898214" w14:textId="3348D570" w:rsidR="00F85AB2" w:rsidRPr="007D3164" w:rsidRDefault="00F85AB2" w:rsidP="00D52CAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:i w:val="0"/>
+          <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D3164">
+        <w:t>Verification and Proctoring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E90E66" w14:textId="77777777" w:rsidR="007D3164" w:rsidRPr="007D3164" w:rsidRDefault="007D3164" w:rsidP="00384418">
+      <w:pPr>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:i w:val="0"/>
+          <w:i/>
         </w:rPr>
-        <w:t>Verification and Proctoring</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3164">
+        <w:t xml:space="preserve">To ensure academic integrity, all students enrolled in distance learning courses at the University of New Orleans may be required to participate in additional student identification procedures. At the discretion of the faculty member teaching the course, these measures may include online proctored examinations, or other reasonable measures to ensure student identity. Authentication measures for this course are identified below and any fees associated are the responsibility of the student. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DA2C27" w14:textId="77777777" w:rsidR="007D3164" w:rsidRPr="007D3164" w:rsidRDefault="007D3164" w:rsidP="00384418"/>
+    <w:p w14:paraId="07DCD0DA" w14:textId="77777777" w:rsidR="007D3164" w:rsidRPr="007D3164" w:rsidRDefault="007D3164" w:rsidP="00384418">
+      <w:pPr>
         <w:rPr>
-          <w:i w:val="0"/>
-          <w:iCs/>
+          <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D3164">
-        <w:rPr>
-[...29 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">[Insert your text here to inform your students which authentication measures, and fees if applicable, you have elected to use to verify that the person completing work in your online course is the person registered for that course. You might elect to use </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D3164">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Respondus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D3164">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Lockdown Browser and Monitor, which is integrated into our Canvas site, or for high-stakes exams, you might elect to use Proctor U, a fee-based, online proctoring system using live proctors. If you use </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D3164">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Respondus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D3164">
+        <w:t>, include a statement like the one below to explain equipment requirements. If you use Proctor U, because there are additional costs to the student, you must include the Proctor U statement below.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D44F843" w14:textId="77777777" w:rsidR="007D3164" w:rsidRPr="007D3164" w:rsidRDefault="007D3164" w:rsidP="00384418"/>
+    <w:p w14:paraId="19F4FD9B" w14:textId="77777777" w:rsidR="007D3164" w:rsidRPr="00943A1B" w:rsidRDefault="007D3164" w:rsidP="00943A1B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00943A1B">
+        <w:t>Respondus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00943A1B">
+        <w:t xml:space="preserve"> – Online Proctoring in the LMS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B1DFEC" w14:textId="77777777" w:rsidR="007D3164" w:rsidRPr="007D3164" w:rsidRDefault="007D3164" w:rsidP="00384418">
+      <w:pPr>
         <w:rPr>
-          <w:i w:val="0"/>
-          <w:iCs/>
+          <w:i/>
         </w:rPr>
-        <w:t>, include a statement like the one below to explain equipment requirements. If you use Proctor U, because there are additional costs to the student, you must include the Proctor U statement below.]</w:t>
-[...48 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D3164">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">The University of New Orleans provides free online proctoring in the Learning Management System through </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D3164">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Respondus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D3164">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. You will need access to a computer with a webcam </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007D3164">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007D3164">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> take tests using </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D3164">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Respondus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D3164">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. If you do not have one, you may set up an appointment to check one out from the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007D3164">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Library</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007D3164">
-        <w:rPr>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> on </w:t>
+        <w:t xml:space="preserve"> here on its website, or by inquiring at the Circulation Desk. Plan to reserve one a day or two ahead of time.  For more detail on </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D3164">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Respondus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D3164">
+        <w:t xml:space="preserve"> and online proctoring, see this student Online Learning at UNO support site. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E85EEA" w14:textId="77777777" w:rsidR="007D3164" w:rsidRPr="007D3164" w:rsidRDefault="007D3164" w:rsidP="00384418"/>
+    <w:p w14:paraId="7D8E0C59" w14:textId="77777777" w:rsidR="007D3164" w:rsidRPr="00384418" w:rsidRDefault="007D3164" w:rsidP="00943A1B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
-          <w:i w:val="0"/>
-          <w:iCs/>
+          <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> and online proctoring, see this student Online Learning at UNO support site. </w:t>
-[...5 lines deleted...]
-        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00384418">
+        <w:t>Proctor U – Live Online Proctoring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F2D2D4D" w14:textId="77777777" w:rsidR="00943A1B" w:rsidRPr="003F5941" w:rsidRDefault="00943A1B" w:rsidP="00943A1B">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
-          <w:i w:val="0"/>
-          <w:iCs/>
+          <w:i/>
+          <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...59 lines deleted...]
-    <w:sectPr w:rsidR="00B517C2">
+      <w:r w:rsidRPr="00B65E3F">
+        <w:t>The University of New Orleans partners with Proctor U, a live, online proctoring service that allows students to complete exams from any location using a computer, webcam and reliable internet connection. For information on fees see the student </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="00B65E3F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Online Learning at UNO</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B65E3F">
+        <w:t xml:space="preserve"> support site, and for technology requirements and how to use the proctoring service, refer to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00B65E3F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>UNO’s Proctor U</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B65E3F">
+        <w:t xml:space="preserve"> portal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608DEACE" w14:textId="30B0A036" w:rsidR="00B517C2" w:rsidRDefault="00B517C2" w:rsidP="00384418"/>
+    <w:p w14:paraId="0E2CB257" w14:textId="77777777" w:rsidR="00384418" w:rsidRDefault="00384418" w:rsidP="00384418"/>
+    <w:sectPr w:rsidR="00384418">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="691" w:right="944" w:bottom="1248" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DF9291C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19E0EEF0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="705" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1425" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2865" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3585" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4305" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5025" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5745" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6465" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65F6658F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E9F04352"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="705" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1425" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2865" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3585" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4305" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5025" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5745" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6465" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1724284565">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="330833282">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B517C2"/>
     <w:rsid w:val="00005FB1"/>
     <w:rsid w:val="00085661"/>
     <w:rsid w:val="000C4DD5"/>
     <w:rsid w:val="000F0FF7"/>
+    <w:rsid w:val="000F6319"/>
+    <w:rsid w:val="0014340D"/>
     <w:rsid w:val="00176CC8"/>
     <w:rsid w:val="001B1EFD"/>
     <w:rsid w:val="0021663A"/>
     <w:rsid w:val="002776DA"/>
     <w:rsid w:val="00293085"/>
     <w:rsid w:val="002939F9"/>
     <w:rsid w:val="00297572"/>
     <w:rsid w:val="002C7CC7"/>
     <w:rsid w:val="002D18CA"/>
+    <w:rsid w:val="00384418"/>
     <w:rsid w:val="003F645A"/>
     <w:rsid w:val="004043F0"/>
     <w:rsid w:val="00427585"/>
+    <w:rsid w:val="00427E7F"/>
     <w:rsid w:val="004444E9"/>
+    <w:rsid w:val="00471887"/>
     <w:rsid w:val="005401E9"/>
     <w:rsid w:val="00545C1D"/>
     <w:rsid w:val="00553844"/>
     <w:rsid w:val="0057226B"/>
     <w:rsid w:val="00574992"/>
     <w:rsid w:val="006041FE"/>
+    <w:rsid w:val="00615EE4"/>
     <w:rsid w:val="00705B27"/>
     <w:rsid w:val="00742BB2"/>
     <w:rsid w:val="0075590F"/>
     <w:rsid w:val="007863F6"/>
     <w:rsid w:val="00792835"/>
     <w:rsid w:val="007D3164"/>
     <w:rsid w:val="00857B1B"/>
     <w:rsid w:val="00860B8D"/>
     <w:rsid w:val="008A720A"/>
+    <w:rsid w:val="00943A1B"/>
     <w:rsid w:val="009C6871"/>
+    <w:rsid w:val="00A17878"/>
     <w:rsid w:val="00A35430"/>
     <w:rsid w:val="00A53C70"/>
     <w:rsid w:val="00A7079A"/>
+    <w:rsid w:val="00A70C85"/>
     <w:rsid w:val="00A75EA2"/>
     <w:rsid w:val="00AA240E"/>
     <w:rsid w:val="00AE3643"/>
     <w:rsid w:val="00AF1AAB"/>
     <w:rsid w:val="00AF6D99"/>
     <w:rsid w:val="00B10D4A"/>
     <w:rsid w:val="00B11B40"/>
+    <w:rsid w:val="00B451A1"/>
     <w:rsid w:val="00B517C2"/>
+    <w:rsid w:val="00BF3C81"/>
     <w:rsid w:val="00C0054B"/>
     <w:rsid w:val="00C02152"/>
     <w:rsid w:val="00C038FF"/>
     <w:rsid w:val="00C276BD"/>
     <w:rsid w:val="00C93063"/>
     <w:rsid w:val="00CB6639"/>
     <w:rsid w:val="00D12E32"/>
+    <w:rsid w:val="00D52CAF"/>
     <w:rsid w:val="00D9540D"/>
     <w:rsid w:val="00DE20D7"/>
     <w:rsid w:val="00E13CBE"/>
     <w:rsid w:val="00E158FA"/>
     <w:rsid w:val="00E7659C"/>
+    <w:rsid w:val="00EB6953"/>
     <w:rsid w:val="00EC1BF2"/>
     <w:rsid w:val="00F10A03"/>
     <w:rsid w:val="00F85AB2"/>
     <w:rsid w:val="062B79BB"/>
     <w:rsid w:val="1370B484"/>
     <w:rsid w:val="1B6394D0"/>
     <w:rsid w:val="38A7F0A0"/>
     <w:rsid w:val="425FE694"/>
     <w:rsid w:val="4FD03A64"/>
     <w:rsid w:val="510B5343"/>
     <w:rsid w:val="6331A0F5"/>
     <w:rsid w:val="698C9BAA"/>
     <w:rsid w:val="6DA4C3B4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="13E8739C"/>
   <w15:docId w15:val="{FE8DF695-9498-4682-A47C-7BC5055EA9D5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2213,82 +1603,113 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00384418"/>
     <w:pPr>
-      <w:spacing w:after="199" w:line="238" w:lineRule="auto"/>
-      <w:ind w:left="10" w:hanging="10"/>
+      <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+      <w:ind w:left="-5" w:hanging="10"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:i/>
+      <w:iCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B11B40"/>
+    <w:rsid w:val="00D52CAF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="240"/>
       <w:ind w:left="14" w:hanging="14"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="auto"/>
       <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00384418"/>
+    <w:pPr>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00943A1B"/>
+    <w:pPr>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
@@ -2332,137 +1753,176 @@
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F85AB2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00085661"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="auto"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00085661"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B11B40"/>
+    <w:rsid w:val="00D52CAF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00553844"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00553844"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
-      <w:i w:val="0"/>
+      <w:i/>
       <w:color w:val="auto"/>
       <w:szCs w:val="24"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00384418"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00943A1B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00384418"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1693724121">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uno.edu/media/17427" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uno.edu/disability-services" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uno.edu/media/17427" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.proctoru.com/portal/uno" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uno.edu/online-learning" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uno.edu/disability-services" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2695,52 +2155,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EF63D33D628A7E44B2E87ADFB5FE5232" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1ea3b1b3b20fcebd15fec62c41469cea">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4dbb8a31-e3b4-454d-81a1-40ae9a7df2df" xmlns:ns3="bca9a054-95b1-47df-8793-18ed1ddcd613" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cca84eb2d8634490595f9afffdb0ccb1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EF63D33D628A7E44B2E87ADFB5FE5232" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ffa864cb10343632b031c9af3ce2d38b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4dbb8a31-e3b4-454d-81a1-40ae9a7df2df" xmlns:ns3="bca9a054-95b1-47df-8793-18ed1ddcd613" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0a9b41e8babf44b0d7ef1b1448552b7f" ns2:_="" ns3:_="">
     <xsd:import namespace="4dbb8a31-e3b4-454d-81a1-40ae9a7df2df"/>
     <xsd:import namespace="bca9a054-95b1-47df-8793-18ed1ddcd613"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -2958,152 +2418,167 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="bca9a054-95b1-47df-8793-18ed1ddcd613" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4dbb8a31-e3b4-454d-81a1-40ae9a7df2df">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20CED56C-4BDF-4D9F-8DF4-2FB4B73FC52E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2314832-ACBF-41D3-96C9-C42E4B25A077}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4dbb8a31-e3b4-454d-81a1-40ae9a7df2df"/>
     <ds:schemaRef ds:uri="bca9a054-95b1-47df-8793-18ed1ddcd613"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F519075-F365-4572-8A22-50D1D25D6052}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ADD60D32-AD75-4898-8BAB-2AE1723DFEA5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="bca9a054-95b1-47df-8793-18ed1ddcd613"/>
     <ds:schemaRef ds:uri="4dbb8a31-e3b4-454d-81a1-40ae9a7df2df"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{31d4dbf5-4004-4469-bfee-df294a9de150}" enabled="0" method="" siteId="{31d4dbf5-4004-4469-bfee-df294a9de150}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>5202</Characters>
+  <Pages>2</Pages>
+  <Words>894</Words>
+  <Characters>5101</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>12</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>42</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>University of New Orleans</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6102</CharactersWithSpaces>
+  <CharactersWithSpaces>5984</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>4128890</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.uno.edu/disability-services</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6619175</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.uno.edu/media/17427</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>UNO Syllabus Requirements</dc:title>
   <dc:subject/>
   <dc:creator>Leslie Culver</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100EF63D33D628A7E44B2E87ADFB5FE5232</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>