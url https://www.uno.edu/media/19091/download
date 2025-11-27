--- v0 (2025-10-15)
+++ v1 (2025-11-27)
@@ -1,59 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="7F06330B" w14:textId="77777777" w:rsidR="00E81426" w:rsidRDefault="004F4E17">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="2899"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="419386C3" wp14:editId="53A5ADF2">
             <wp:extent cx="3352800" cy="1039368"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="image1.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -172,51 +171,51 @@
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="2F4B4C00" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 48" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:36.25pt;margin-top:14.5pt;width:539.55pt;height:30.15pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhqdNJFAIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XhJoYSEirLYsVJW2&#10;F2nbDzCOQ6w6HndsSOjXd+wA2+tL1TxYx/H4zJkz4+Vt3xp2VOg12JKPRzlnykqotN2X/POn7Ys5&#10;Zz4IWwkDVpX8pDy/XT1/tuxcoSbQgKkUMiKxvuhcyZsQXJFlXjaqFX4ETlk6rAFbEWiL+6xC0RF7&#10;a7JJns+yDrByCFJ5T3/vh0O+Svx1rWT4UNdeBWZKTtpCWjGtu7hmq6Uo9ihco+VZhvgHFa3QlpJe&#10;qe5FEOyA+jeqVksED3UYSWgzqGstVaqBqhnnv1Tz2AinUi1kjndXm/z/o5Xvj4/uI7LQv4aeGpiK&#10;8O4B5BfPLKwbYffqDhG6RomKEo+jZVnnfHG+Gq32hY8ku+4dVNRkcQiQiPoa2+gK1cmInRpwupqu&#10;+sAk/ZzNp5PJfMqZpLOX88kin6YUorjcdujDGwUti6DkSE1N7OL44ENUI4pLSEzmwehqq41JG9zv&#10;1gbZUdAAbG42s83szP5TmLGsIyn5YjYY8FeK8fbV5mbxJ4pWB5pko9uSz/P4xSBRRNs2tko4CG0G&#10;TJKNPfsYrRtMDP2up8Do5w6qEzmKMEwsvTACDeA3zjqa1pL7rweBijPz1lJX4mhfAF7A7gKElXS1&#10;5IGzAa7D8AQODvW+Ieah7xbuqHO1TqY+qTjrpAlMXp9fSxzxH/cp6ulNr74DAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDC+iEz3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJOg&#10;/oU4FUIgThwISHB048WJaq9T203C2+Oe6HE0o5lvqt1sDRvRh96RgHyRAUNqnepJC/j8eLnbAAtR&#10;kpLGEQr4xQC7+vqqkqVyE73j2ETNUgmFUgroYhxKzkPboZVh4Qak5P04b2VM0muuvJxSuTW8yLIV&#10;t7KntNDJAZ86bA/NyQqY45GOI/fm+dCste6nV3z7/hLi9mZ+fAAWcY7/YTjjJ3SoE9PenUgFZgSs&#10;i2VKCii26dLZz5f5CthewGZ7D7yu+OWD+g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDh&#10;qdNJFAIAABsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDC+iEz3QAAAAkBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" fillcolor="#e7e6e6" strokecolor="#1f4e79" strokeweight=".48pt">
+              <v:shape id="Text Box 48" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:36.25pt;margin-top:14.5pt;width:539.55pt;height:30.15pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd9XCpKQIAAEIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJG9cx4hRdmgwD&#10;ugvQ7gNkWY6FyaImKbGzrx8lJ2l3exmmB4GSyKPDQ3J5O3SKHIR1EnRJp5OUEqE51FLvSvrlafsm&#10;p8R5pmumQIuSHoWjt6vXr5a9KcQMWlC1sARBtCt6U9LWe1MkieOt6JibgBEaHxuwHfN4tLuktqxH&#10;9E4lszTNkh5sbSxw4Rze3o+PdBXxm0Zw/6lpnPBElRS5+bjbuFdhT1ZLVuwsM63kJxrsH1h0TGr8&#10;9AJ1zzwjeyt/g+okt+Cg8RMOXQJNI7mIOWA20/SXbB5bZkTMBcVx5iKT+3+w/OPhsyWyLml2RYlm&#10;HdboSQyevIWBXOdBn964At0eDTr6Ae+xzjFXZx6Af3VEw7pleifurIW+FaxGftMQmbwIHXFcAKn6&#10;D1DjP2zvIQINje2CeCgHQXSs0/FSm8CF42WWz2ezfE4Jx7erfLZI5/ELVpyjjXX+nYCOBKOkFmsf&#10;0dnhwfnAhhVnl/CZAyXrrVQqHuyuWitLDgz7ZHOzyTbZCf0nN6VJj1TSRTYK8FeI6fZ6c7P4E0Qn&#10;PTa8kl1J8zSs4MSKINtG19H2TKrRRspKn3QM0o0i+qEa0DGIW0F9REUtjI2Ng4hGC/Y7JT02dUnd&#10;tz2zghL1XmNVwgScDXs2qrPBNMfQknpKRnPtx0nZGyt3LSKPdddwh5VrZBT1mcWJJzZq1Po0VGES&#10;Xp6j1/Por34AAAD//wMAUEsDBBQABgAIAAAAIQDC+iEz3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcqJOg/oU4FUIgThwISHB048WJaq9T203C2+Oe6HE0o5lvqt1sDRvR&#10;h96RgHyRAUNqnepJC/j8eLnbAAtRkpLGEQr4xQC7+vqqkqVyE73j2ETNUgmFUgroYhxKzkPboZVh&#10;4Qak5P04b2VM0muuvJxSuTW8yLIVt7KntNDJAZ86bA/NyQqY45GOI/fm+dCste6nV3z7/hLi9mZ+&#10;fAAWcY7/YTjjJ3SoE9PenUgFZgSsi2VKCii26dLZz5f5CthewGZ7D7yu+OWD+g8AAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBd9XCpKQIAAEIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDC+iEz3QAAAAkBAAAPAAAAAAAAAAAAAAAAAIMEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" fillcolor="#e7e6e6" strokecolor="#1f4e79" strokeweight=".48pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="70ACC696" w14:textId="77777777" w:rsidR="00E81426" w:rsidRDefault="00DF1894">
                       <w:pPr>
                         <w:spacing w:before="77"/>
                         <w:ind w:left="2217" w:right="2217"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="1F4E79"/>
                           <w:sz w:val="36"/>
                         </w:rPr>
                         <w:t>Tenure and Promotion</w:t>
                       </w:r>
                       <w:r w:rsidR="004F4E17">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="1F4E79"/>
                           <w:sz w:val="36"/>
@@ -1193,80 +1192,66 @@
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E81426" w14:paraId="1EB13BC4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="183"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27DC41C3" w14:textId="25EDE32E" w:rsidR="00E81426" w:rsidRDefault="004F4E17">
+          <w:p w14:paraId="27DC41C3" w14:textId="77777777" w:rsidR="00E81426" w:rsidRDefault="004F4E17">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="163" w:lineRule="exact"/>
               <w:ind w:left="2979"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...13 lines deleted...]
-              <w:t>/Not Member)</w:t>
+              <w:t>(Associate/Full/Not Member)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5343" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="47D3AD6E" w14:textId="77777777" w:rsidR="00E81426" w:rsidRDefault="00E81426">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="104E89C6" w14:textId="77777777" w:rsidR="00E81426" w:rsidRDefault="00E81426">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
@@ -1853,51 +1838,51 @@
                               </w:rPr>
                               <w:t xml:space="preserve">Evaluation by the </w:t>
                             </w:r>
                             <w:r w:rsidR="00C94984">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="1F4E79"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:t>Department RTP Committee</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7F3AF8D3" id="Text Box 96" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:539.55pt;height:29.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB242AiFwIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P0zAQfEfiP1h+p2kL1+tFTU9Hr0VI&#10;x4d08AMcx0ksHK9Zu03Kr2fttD10wAsiD9Y6tsezM+PV7dAZdlDoNdiCzyZTzpSVUGnbFPzrl92r&#10;JWc+CFsJA1YV/Kg8v12/fLHqXa7m0IKpFDICsT7vXcHbEFyeZV62qhN+Ak5ZWqwBOxFoik1WoegJ&#10;vTPZfDpdZD1g5RCk8p7+3o+LfJ3w61rJ8KmuvQrMFJy4hTRiGss4ZuuVyBsUrtXyREP8A4tOaEuX&#10;XqDuRRBsj/o3qE5LBA91mEjoMqhrLVXqgbqZTZ9189gKp1IvJI53F5n8/4OVHw+P7jOyMLyFgQxM&#10;TXj3APKbZxY2rbCNukOEvlWiootnUbKsdz4/HY1S+9xHkLL/ABWZLPYBEtBQYxdVoT4ZoZMBx4vo&#10;aghM0s/F8mo+X15xJmnt9fV8NkuuZCI/n3bowzsFHYtFwZFMTeji8OBDZCPy85Z4mQejq502Jk2w&#10;KTcG2UFQALbX28V2kRp4ts1Y1hOV6c1iFOCvELPdm+31zZ8gOh0oyUZ3BV9O4zdmK8q2tVXKWRDa&#10;jDVRNvakY5RuFDEM5cB0dRI5ylpCdSRhEcbg0kOjogX8wVlPoS24/74XqDgz7y2ZExN+LvBclOdC&#10;WElHCx44G8tNGF/C3qFuWkIe7bdwRwbWOmn7xOJEl4KYJD89mpj0X+dp19PTXv8EAAD//wMAUEsD&#10;BBQABgAIAAAAIQBVzJfB2gAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;qFMk2hLiVAiBOHEgIMFxGy9OVHud2m4S/h6XC1xWGs1o5m21nZ0VI4XYe1awXBQgiFuvezYK3t+e&#10;rjYgYkLWaD2Tgm+KsK3PzyostZ/4lcYmGZFLOJaooEtpKKWMbUcO48IPxNn78sFhyjIYqQNOudxZ&#10;eV0UK+mw57zQ4UAPHbX75ugUzOnAh1EG+7hv1sb00zO9fH4odXkx39+BSDSnvzCc8DM61Jlp54+s&#10;o7AK8iPp9568Yn27BLFTcLNZgawr+Z++/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB2&#10;42AiFwIAACIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBVzJfB2gAAAAUBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" fillcolor="#e7e6e6" strokecolor="#1f4e79" strokeweight=".48pt">
+              <v:shape w14:anchorId="7F3AF8D3" id="Text Box 96" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:539.55pt;height:29.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMjlnpLQIAAEkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vviyNUmNOEWXJsOA&#10;7gK0+wBZlm1hsqhJSuzs60fJSdp1wB6G+UGgJPKIPIf06mbsFTkI6yTokmazlBKhOdRStyX99rh7&#10;s6TEeaZrpkCLkh6Fozfr169WgylEDh2oWliCINoVgylp570pksTxTvTMzcAIjZcN2J553No2qS0b&#10;EL1XSZ6m82QAWxsLXDiHp3fTJV1H/KYR3H9pGic8USXF3HxcbVyrsCbrFStay0wn+SkN9g9Z9Exq&#10;fPQCdcc8I3sr/4DqJbfgoPEzDn0CTSO5iDVgNVn6opqHjhkRa0FynLnQ5P4fLP98+GqJrEs6zynR&#10;rEeNHsXoyXsYyfU88DMYV6Dbg0FHP+I56hxrdeYe+HdHNGw6pltxay0MnWA15peFyORZ6ITjAkg1&#10;fIIa32F7DxFobGwfyEM6CKKjTseLNiEXjofz5VWeL68o4Xj3dpFnWRQvYcU52ljnPwjoSTBKalH7&#10;iM4O986HbFhxdgmPOVCy3kml4sa21UZZcmDYJ9vFdr6NpWPIb25KkwFTSZGYv0Nku3fbxXXk4AVE&#10;Lz02vJJ9SZdp+KYWDLRtdR3b0TOpJhvfV/rEY6BuItGP1RgliyQHjiuoj0isham/cR7R6MD+pGTA&#10;3i6p+7FnVlCiPmoUJwzC2bBnozobTHMMLamnZDI3fhqYvbGy7RB5kl/DLQrYyMjtUxandLFfI+Wn&#10;2QoD8XwfvZ7+AOtfAAAA//8DAFBLAwQUAAYACAAAACEAVcyXwdoAAAAFAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VI3KhTJNoS4lQIgThxICDBcRsvTlR7ndpuEv4elwtcVhrNaOZt&#10;tZ2dFSOF2HtWsFwUIIhbr3s2Ct7fnq42IGJC1mg9k4JvirCtz88qLLWf+JXGJhmRSziWqKBLaSil&#10;jG1HDuPCD8TZ+/LBYcoyGKkDTrncWXldFCvpsOe80OFADx21++boFMzpwIdRBvu4b9bG9NMzvXx+&#10;KHV5Md/fgUg0p78wnPAzOtSZaeePrKOwCvIj6feevGJ9uwSxU3CzWYGsK/mfvv4BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAzI5Z6S0CAABJBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAVcyXwdoAAAAFAQAADwAAAAAAAAAAAAAAAACHBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" fillcolor="#e7e6e6" strokecolor="#1f4e79" strokeweight=".48pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="0AF1F46F" w14:textId="77777777" w:rsidR="00E81426" w:rsidRDefault="004F4E17">
                       <w:pPr>
                         <w:spacing w:before="117"/>
                         <w:ind w:left="2220" w:right="2217"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="1F4E79"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Evaluation by the </w:t>
                       </w:r>
                       <w:r w:rsidR="00C94984">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="1F4E79"/>
                           <w:sz w:val="28"/>
@@ -2549,51 +2534,51 @@
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="2E90CA40" id="Group 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:13.2pt;width:540pt;height:1.6pt;z-index:-251656192;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="720,264" coordsize="10800,32" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBImg/Z8QMAACYfAAAOAAAAZHJzL2Uyb0RvYy54bWzsWe1unDgU/V9p38Hy/w0wMJMZFFJFaRpV&#10;SnejbfcBPGA+VLCp7QmTPv1e2zCFZKbZpAnqBxppBBib63OO772+Pnm9rUp0Q4UsOIuwd+RiRFnM&#10;k4JlEf7349s/lxhJRVhCSs5ohG+pxK9P/3h10tQhnfGclwkVCAZhMmzqCOdK1aHjyDinFZFHvKYM&#10;GlMuKqLgVmROIkgDo1elM3PdhdNwkdSCx1RKePrGNuJTM36a0lj9naaSKlRGGGxT5l+Y/7X+d05P&#10;SJgJUudF3JpBnmBFRQoGH90N9YYogjaiuDdUVcSCS56qo5hXDk/TIqZmDjAbz70zm0vBN7WZSxY2&#10;Wb2DCaC9g9OTh43/urkU9Yf6Wljr4fKKx58k4OI0dRb22/V9Zl9G6+Y9T4BPslHcTHybikoPAVNC&#10;W4Pv7Q5fulUohoeL5XzpukBDDG0z15+1+Mc5kKR7HcMTpNsWgWUmzi/avp4LXW1Pf6YbHRLabxo7&#10;W7s07yAk+RUr+X1YfchJTQ0FUmNxLVCRRDhYYcRIBfO/KhhFwUIbpL8Mr5wzi2W8ZS2WiPHznLCM&#10;msE+3tbQzzNTGHTRNxKIeBDbHUrLFr8O3x5GpmUHEQlrIdUl5RXSFxEuwWxDG7m5ksqi2b2iWWT8&#10;bVGW8JyEJUMN2LsC8kwPycsi0a26UYpsfV4KdENgfZ15+tdyM3gNdMwSM1pOSXLRXitSlPYaDC2Z&#10;UZyFwIK55snttdDGtaSOxO4cdGbZ/Qf8BxBXAsXzHsXdcpF2rez4PROCN3qGILoBwbbD4wnulkFH&#10;8NwuAGPLYXIFWP0tcgfU/E8GNT09WXyLMCS4dbMQFuAi5+ILRg242AjLzxsiKEblOwYQrbwgAKiV&#10;uQnmRtai37LutxAWw1ARVhjZy3Nl/fimFkWWw5c8M2nGz8AnpYVRtYbcymh8FXl7VGTcmjYKHMWk&#10;oklFvdRlf6SZzzoV2Ujj99zQGJEGPI6Jx8f6uyTsHJHnHq/aaPzckcZ3g+XvEmj8jtxeoDHJzUgu&#10;wvPmXsdwm3F1DL90qLkI9E+rCrzAICJNoebwjuCAkwj26MgkIL++jg4nnZOOHq0jWPT3El/j30fS&#10;0W5ns1gO403rjWbDnd+9bc2U+f4Qme/ivoz8VS9xeenMtx/WxhbSFNfa0t2jSlIH4trxHiEZQsf2&#10;R5DsDvLfl86Opqj2jCqCEvTdqOab/cyvrqLJFz2jioYlX3/ski94HL0RX5kCwEgbcf+hiu9hgf1c&#10;Fd/FnoovTB5c/kguopexjB1qDnM4baAeu4Fa7Kn5+mPWfCcddacKL3V2YE4b4TDW1K3ag2N92tu/&#10;N2cNX4+3T/8DAAD//wMAUEsDBBQABgAIAAAAIQDvynW73wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT4NAEIXvJv6HzZh4swtoUZGlaRr11JjYmhhvU3YKpOwsYbdA/73LSY/z3sub7+WrybRi&#10;oN41lhXEiwgEcWl1w5WCr/3b3RMI55E1tpZJwYUcrIrrqxwzbUf+pGHnKxFK2GWooPa+y6R0ZU0G&#10;3cJ2xME72t6gD2dfSd3jGMpNK5MoSqXBhsOHGjva1FSedmej4H3EcX0fvw7b03Fz+dkvP763MSl1&#10;ezOtX0B4mvxfGGb8gA5FYDrYM2snWgWPSZjiFSTpA4jZj5ezcgjKcwqyyOX/BcUvAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAEiaD9nxAwAAJh8AAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO/KdbvfAAAACQEAAA8AAAAAAAAAAAAAAAAASwYAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABXBwAAAAA=&#10;">
+              <v:group w14:anchorId="0C7ECD5B" id="Group 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:13.2pt;width:540pt;height:1.6pt;z-index:-251656192;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="720,264" coordsize="10800,32" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBV3N1O+wQAAMcsAAAOAAAAZHJzL2Uyb0RvYy54bWzsWm1vo0YQ/l6p/2HFd8dgXmxQnFPOL1Gl&#10;tI161x+wBmxQYZcuOHau6n/v7CwQSOwkTXtUPa0s2eCFZXbmeXaeHfbywzHPyH0sypSzuWFdmAaJ&#10;WcijlO3mxq+f16OZQcqKsohmnMVz4yEujQ9X3393eSiCeMITnkWxINAJK4NDMTeSqiqC8bgMkzin&#10;5QUvYgaNWy5yWsGp2I0jQQ/Qe56NJ6bpjQ9cRIXgYVyW8O9SNRpX2P92G4fVz9ttGVckmxtgW4Xf&#10;Ar838nt8dUmDnaBFkoa1GfQdVuQ0ZfDQtqslrSjZi/RZV3kaCl7ybXUR8nzMt9s0jHEMMBrLfDKa&#10;G8H3BY5lFxx2ResmcO0TP7272/Cn+ztB0mhuOBApRnOIET6W2LZ0zqHYBXDNjSg+FXdCjRAOb3n4&#10;WwnN46ft8nynLiabw488gv7ovuLonONW5LILGDY5Ygwe2hjEx4qE8Kc3c2emCaEKoW1i2pM6RmEC&#10;gZR3TeEfIts8R0UvTFb1vZYJt6o77YlsHNNAPRPtrO2SgwKwlY/+LP+ZPz8ltIgxTKX0VeNPv/Hn&#10;bcpi4njKnXjJgilfhkdW+5Iwvkgo28XY2eeHAvxm4RCksdCrukWelBCIV33bemlW+6/xb8dH2NK6&#10;iAaFKKubmOdEHsyNDMzGsNH727JS3mwukVFkfJ1mGfxPg4yRA9jrQ/DwjpJnaSRbZWMpdptFJsg9&#10;BQ5eW/JTx6Z3GWCdRdhbEtNoVR9XNM3UMRiaMdkfjATsqY8Uyf7wTX81W82ckTPxViPHXC5H1+uF&#10;M/LW1tRd2svFYmn9KU2znCBJoyhm0rqG8JbzNgDUU4+iakv51g/jfu8IPzC2+UWjAYgqggqFGx49&#10;3Anp2xqTA4HTBZoosv8CUyTgLgOEuh2ENmwvFdVbeF4LwQ8yQMCZHj7VDc3o3o7PhsUNPl3FX7Tl&#10;PDYFWP0SNnvIeiMAFbo60XwJb9bEMT9O/NHam01HztpxR/7UnI1My//oe6bjO8t1H284Cag8BzB5&#10;L94kzXx38hrLYAKVc6jibM8XeVpBvs3SfG7IaVZdRINzlGvpIs1vgNz8ngc0ERwmEMAYKAM4SLj4&#10;YpADZNm5Uf6+pyI2SPYDAwj5luPAZRWeOC7OWqLbsum2UBZCV3OjMog6XFQqle8Lke4SeJKFoGD8&#10;GlLONsVJS0JS0Wx4llknWIZZSxoFk7pm2cuzumZZnetOpg3NMhSu7qRhmRJatW7tqCYafE2hBRkL&#10;5ehUzrcoT1DIWubUr8VoMxM3+rdRUe8VWrYJYl0+qze1vzHNaZ0ltf9QOstusNnRWbg0GSgDWJZr&#10;NQCt10tDKa2VIz+nRIhWWmqh013caKX1tprI6cW265zgGa5Pvn2enV9Sa55pnnWKqX+rSHiGZ5BL&#10;ntUNUN4MxLO2ruXN+nILDMOKYb/u96yopQsHL8pGLAk0crWnLnXhYEjZ6D2nme1LwA9Es65sHJpo&#10;WjfqCt1g67PpCaIh4AciWpvPoFbQKx/U+UzXweH96PP3LroO/r+qg7evlh+rIDaWy751lulcpnPZ&#10;YLmsv+HAHnrDQV1m9LH+PlAd3H7tTeh5Auo6+IALGu/EfgOI3X+yoBlaaZ2HoK7P6frcv1uf807s&#10;OLCH3HHQKRxonuEW1pNVV72iIV9rZw9u9YTdsrhLqd7ZK7fjds9xJ9Dj/uOrvwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAO/KdbvfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHiz&#10;C2hRkaVpGvXUmNiaGG9Tdgqk7Cxht0D/vctJj/Pey5vv5avJtGKg3jWWFcSLCARxaXXDlYKv/dvd&#10;EwjnkTW2lknBhRysiuurHDNtR/6kYecrEUrYZaig9r7LpHRlTQbdwnbEwTva3qAPZ19J3eMYyk0r&#10;kyhKpcGGw4caO9rUVJ52Z6PgfcRxfR+/DtvTcXP52S8/vrcxKXV7M61fQHia/F8YZvyADkVgOtgz&#10;aydaBY9JmOIVJOkDiNmPl7NyCMpzCrLI5f8FxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAVdzdTvsEAADHLAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA78p1u98AAAAJAQAADwAAAAAAAAAAAAAAAABVBwAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAGEIAAAAAA==&#10;">
                 <v:line id="Line 46" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="720,280" to="11520,280" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC63FnkwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ra8Iw&#10;FIXfBf9DuIO9aToZs6tGcXOCuKc5f8CluTalzU1Jou3+vRkIPh7OOd/hLNeDbcWVfKgdK3iZZiCI&#10;S6drrhScfneTHESIyBpbx6TgjwKsV+PREgvtev6h6zFWIkE4FKjAxNgVUobSkMUwdR1x8s7OW4xJ&#10;+kpqj32C21bOsuxNWqw5LRjs6NNQ2RwvVoE02+8PfTg0WX+e5+FrFnzV5Eo9Pw2bBYhIQ3yE7+29&#10;VvD6Dv9f0g+QqxsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAutxZ5MMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#a1a1a1" strokeweight="1.55pt"/>
                 <v:rect id="Rectangle 45" o:spid="_x0000_s1028" style="position:absolute;left:720;top:264;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxp4qfvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCu6m6QgWqUYZBnwgbupjf2nuNMXmpjRp7fz9ZCG4PJz3ejvaRgzU+dqxgq8kBUFcOl1z&#10;peB23X0uQfiArLFxTAr+yMN2M/lYY67dkwsaLqESMYR9jgpMCG0upS8NWfSJa4kj9+s6iyHCrpK6&#10;w2cMt42cp2kmLdYcGwy29GOofFx6qyDLHvMiOx/2w6E390Kferfck1Kz6fi9AhFoDG/xy33UChZx&#10;ffwSf4Dc/AMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBxp4qfvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 44" o:spid="_x0000_s1029" style="position:absolute;left:720;top:264;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAe6y8EwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGbpgpbpBpFBHVZvNRd74/m2RSbl9Kktf77jbCwx2FmvmE2u8HWoqfWV44VLOYJCOLC&#10;6YpLBT/fx9kKhA/IGmvHpOBFHnbb8WiDmXZPzqm/hlJECPsMFZgQmkxKXxiy6OeuIY7e3bUWQ5Rt&#10;KXWLzwi3tVwmSSotVhwXDDZ0MFQ8rp1VkKaPZZ5ezqf+3Jlbrr86tzqRUtPJsF+DCDSE//Bf+1Mr&#10;+FjA+0v8AXL7CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB7rLwTBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:line id="Line 43" o:spid="_x0000_s1030" style="position:absolute;visibility:visible;mso-wrap-style:square" from="725,267" to="11515,267" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDzVXvpxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeEIvUrNaqrIaxQrrn4MHraXXx+a5u7h5WZKo229vCkKPw8z8hpktWlOLGzlfWVYw6Ccg&#10;iHOrKy4UnL6ytwkIH5A11pZJwS95WMw7LzNMtb3zgW7HUIgIYZ+igjKEJpXS5yUZ9H3bEEfvbJ3B&#10;EKUrpHZ4j3BTy2GSjKTBiuNCiQ2tSsovx6tRsM1235NxL3emXdPgZ//5vjplG6Veu+1yCiJQG/7D&#10;z/ZWK/gYwt+X+APk/AEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDzVXvpxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="#a1a1a1" strokeweight=".24pt"/>
                 <v:rect id="Rectangle 42" o:spid="_x0000_s1031" style="position:absolute;left:11515;top:264;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCxZhBQwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8ARvmqqrSNco4irbq1XZ66N5tsXmpSRR6783Cwseh5n5hlmuO9OIOzlfW1YwHiUgiAur&#10;ay4VnI774QKED8gaG8uk4Eke1quP3hJTbR98oHseShEh7FNUUIXQplL6oiKDfmRb4uhdrDMYonSl&#10;1A4fEW4aOUmSuTRYc1yosKVtRcU1vxkFSX0gt/mZnG+/W336/F5k190lU2rQ7zZfIAJ14R3+b2da&#10;wWwKf1/iD5CrFwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCxZhBQwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:rect id="Rectangle 41" o:spid="_x0000_s1032" style="position:absolute;left:11515;top:264;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOnIycwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6rsFqlGEWF1WfZS/9wfzbMpNi+lSWv99htB2OMwM79hVpvB1qKn1leOFcymCQji&#10;wumKSwXn09f7AoQPyBprx6TgQR4269HbCjPt7pxTfwyliBD2GSowITSZlL4wZNFPXUMcvatrLYYo&#10;21LqFu8Rbms5T5JUWqw4LhhsaGeouB07qyBNb/M8/T3s+0NnLrn+6dxiT0pNxsN2CSLQEP7Dr/a3&#10;VvD5Ac8v8QfI9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADpyMnMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 40" o:spid="_x0000_s1033" style="position:absolute;left:720;top:268;width:5;height:22;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBh0CkHwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6pgkWoUEfyD7KXuen80z6bYvJQmrfXbm4WFPQ4z8xtmvR1sLXpqfeVYwWyagCAu&#10;nK64VPDzffhcgvABWWPtmBS8yMN2M/pYY6bdk3Pqr6EUEcI+QwUmhCaT0heGLPqpa4ijd3etxRBl&#10;W0rd4jPCbS3nSZJKixXHBYMN7Q0Vj2tnFaTpY56nX6djf+rMLdeXzi2PpNRkPOxWIAIN4T/81z5r&#10;BYsF/H6JP0Bu3gAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBh0CkHwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 39" o:spid="_x0000_s1034" style="position:absolute;left:11515;top:268;width:5;height:22;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQChEbPIwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EJvjZzQhuBEMSFJia/5I9fF2tjG1spIiu2+fVQo9DjMzDfMKhtNK3pyvrasYDpJQBAX&#10;VtdcKricvz8WIHxA1thaJgU/5CFbv76sMNV24CP1p1CKCGGfooIqhC6V0hcVGfQT2xFH726dwRCl&#10;K6V2OES4aeUsSebSYM1xocKOthUVzelhFCT1kdzmMLs+blt9+dwt8mZ/z5V6fxs3SxCBxvAf/mvn&#10;WsHXHH6/xB8g108AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoRGzyMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:rect id="Rectangle 38" o:spid="_x0000_s1035" style="position:absolute;left:720;top:290;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD+ThLrwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gRvulFolNRVpFAt0kvS9v7IPrPB7NuQ3cT477tCweMwM98w2/1oGzFQ52vHCpaLBARx&#10;6XTNlYKf74/5BoQPyBobx6TgTh72u5fJFjPtbpzTUIRKRAj7DBWYENpMSl8asugXriWO3sV1FkOU&#10;XSV1h7cIt41cJUkqLdYcFwy29G6ovBa9VZCm11Wefp2Ow6k3v7k+925zJKVm0/HwBiLQGJ7h//an&#10;VvC6hseX+APk7g8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD+ThLrwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 37" o:spid="_x0000_s1036" style="position:absolute;left:720;top:290;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC/woIhwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa4Mw&#10;FL4P+j+EV9htxsk2xDWW4jbqta1j14d5VdG8SJK27r9vDoMdP77fm+1iJnEl5wfLCp6TFARxa/XA&#10;nYLm9PWUg/ABWeNkmRT8kodtuXrYYKHtjQ90PYZOxBD2BSroQ5gLKX3bk0Gf2Jk4cmfrDIYIXSe1&#10;w1sMN5PM0vRNGhw4NvQ4U9VTOx4vRkE6HMjt9tn35afSzctHXo+f51qpx/WyewcRaAn/4j93rRW8&#10;xrHxS/wBsrwDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAv8KCIcAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:line id="Line 36" o:spid="_x0000_s1037" style="position:absolute;visibility:visible;mso-wrap-style:square" from="725,293" to="11515,293" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBITHSrxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EJujezS2rETOYSUQnvML+S2sba2qbVyLSVx3z4qBHIcZuYbZjYfTCvO1LvGsoJ4HIEg&#10;Lq1uuFKw3Xw8T0A4j6yxtUwK/sjBvHh8mGGu7YVXdF77SgQIuxwV1N53uZSurMmgG9uOOHjftjfo&#10;g+wrqXu8BLhp5UsUJdJgw2Ghxo6WNZU/65NRsNgkWXp8z375a39Ihp18XcapVWr0NCymIDwN/h6+&#10;tT+1grcM/r+EHyCLKwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBITHSrxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="#e4e4e4" strokeweight=".08431mm"/>
                 <v:rect id="Rectangle 35" o:spid="_x0000_s1038" style="position:absolute;left:11515;top:290;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCP2ESauwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JCsIw&#10;EL0L/kMYwZumiohUo4gL9uqG16EZ22IzKUnU+vfmIHh8vH2xak0tXuR8ZVnBaJiAIM6trrhQcDnv&#10;BzMQPiBrrC2Tgg95WC27nQWm2r75SK9TKEQMYZ+igjKEJpXS5yUZ9EPbEEfubp3BEKErpHb4juGm&#10;luMkmUqDFceGEhvalJQ/Tk+jIKmO5NaH8fV52+jLZDvLHrt7plS/167nIAK14S/+uTOtYBrXxy/x&#10;B8jlFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAAAAAA&#10;AAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI/YRJq7AAAA2wAAAA8AAAAAAAAAAAAA&#10;AAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADvAgAAAAA=&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:rect id="Rectangle 34" o:spid="_x0000_s1039" style="position:absolute;left:11515;top:290;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDglOEBwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPGFvmiqLSNdUxF2xV93KXh/N6x9sXkoStX57Iwh7HGbmN8x6M5hO3Mj51rKC+SwBQVxa&#10;3XKtoPjdT1cgfEDW2FkmBQ/ysMnGozWm2t75SLdTqEWEsE9RQRNCn0rpy4YM+pntiaNXWWcwROlq&#10;qR3eI9x0cpEkS2mw5bjQYE+7hsrL6WoUJO2R3PawOF//drr4/F7ll58qV+pjMmy/QAQawn/43c61&#10;guUcXl/iD5DZEwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOCU4QHBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E784959" w14:textId="77777777" w:rsidR="00E81426" w:rsidRDefault="00E81426">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
@@ -2888,51 +2873,51 @@
                                 <w:sz w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="1F4E79"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:t>Evaluation by Department Chair</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="13B5B367" id="Text Box 95" o:spid="_x0000_s1028" type="#_x0000_t202" style="width:539.55pt;height:29.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCj9J/cGQIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07SB7Xajpqul2yKk&#10;5SItfIDrOImF4zFjt0n5esZO20ULvCDyYI1jz/HMOWeWt0Nn2EGh12BLPptMOVNWQqVtU/KvX7av&#10;Fpz5IGwlDFhV8qPy/Hb18sWyd4XKoQVTKWQEYn3Ru5K3Ibgiy7xsVSf8BJyydFgDdiLQFpusQtET&#10;emeyfDqdZz1g5RCk8p7+3o+HfJXw61rJ8KmuvQrMlJxqC2nFtO7imq2WomhQuFbLUxniH6rohLb0&#10;6AXqXgTB9qh/g+q0RPBQh4mELoO61lKlHqib2fRZN4+tcCr1QuR4d6HJ/z9Y+fHw6D4jC8NbGEjA&#10;1IR3DyC/eWZh3QrbqDtE6FslKnp4FinLeueLU2qk2hc+guz6D1CRyGIfIAENNXaRFeqTEToJcLyQ&#10;robAJP2cL67yfHHFmaSz19f5bJZUyURxznbowzsFHYtByZFETeji8OBDrEYU5yvxMQ9GV1ttTNpg&#10;s1sbZAdBBthcb+abeWrg2TVjWU+lTG/mIwF/hZht32yub/4E0elATja6K/liGr/RW5G2ja2Sz4LQ&#10;ZoypZGNPPEbqRhLDsBuYrkqex9xI6w6qIxGLMBqXBo2CFvAHZz2ZtuT++16g4sy8tyROdPg5wHOw&#10;OwfCSkoteeBsDNdhnIS9Q920hDzKb+GOBKx14vapilO5ZMRE+WlootN/3adbT6O9+gkAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAFXMl8HaAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNyoUyTaEuJUCIE4cSAgwXEbL05Ue53abhL+HpcLXFYazWjmbbWdnRUjhdh7VrBcFCCIW697Ngre&#10;356uNiBiQtZoPZOCb4qwrc/PKiy1n/iVxiYZkUs4lqigS2kopYxtRw7jwg/E2fvywWHKMhipA065&#10;3Fl5XRQr6bDnvNDhQA8dtfvm6BTM6cCHUQb7uG/WxvTTM718fih1eTHf34FINKe/MJzwMzrUmWnn&#10;j6yjsAryI+n3nrxifbsEsVNws1mBrCv5n77+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AKP0n9wZAgAAIgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAFXMl8HaAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" fillcolor="#e7e6e6" strokecolor="#1f4e79" strokeweight=".48pt">
+              <v:shape w14:anchorId="13B5B367" id="Text Box 95" o:spid="_x0000_s1028" type="#_x0000_t202" style="width:539.55pt;height:29.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC923U8LQIAAEkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjj2mpsRp+jSZBjQ&#10;XYB2HyDLsi1MFjVJiZ19fSk5aYtuexnmB4GSyKPDQ9Lr66FT5Cisk6ALmk6mlAjNoZK6Kej3h/27&#10;JSXOM10xBVoU9CQcvd68fbPuTS4yaEFVwhIE0S7vTUFb702eJI63omNuAkZovKzBdszj1jZJZVmP&#10;6J1Ksul0nvRgK2OBC+fw9Ha8pJuIX9eC+6917YQnqqDIzcfVxrUMa7JZs7yxzLSSn2mwf2DRManx&#10;0SeoW+YZOVj5G1QnuQUHtZ9w6BKoa8lFzAGzSaevsrlvmRExFxTHmSeZ3P+D5V+O3yyRVUGvFpRo&#10;1mGNHsTgyQcYyGoW9OmNy9Ht3qCjH/Ac6xxzdeYO+A9HNGxbphtxYy30rWAV8ktDZPIidMRxAaTs&#10;P0OF77CDhwg01LYL4qEcBNGxTqen2gQuHA/ny1mWLWeUcLx7v8jSNBYvYfkl2ljnPwroSDAKarH2&#10;EZ0d75wPbFh+cQmPOVCy2kul4sY25VZZcmTYJ7vFbr6bxwReuSlNeqQyXc1HAf4Kke6vdovVnyA6&#10;6bHhlewKupyGLzixPMi201W0PZNqtJGy0mcdg3SjiH4oh1iyLMQGjUuoTiishbG/cR7RaMH+oqTH&#10;3i6o+3lgVlCiPmksThiEi2EvRnkxmOYYWlBPyWhu/TgwB2Nl0yLyWH4NN1jAWkZtn1mc6WK/RsnP&#10;sxUG4uU+ej3/ATaPAAAA//8DAFBLAwQUAAYACAAAACEAVcyXwdoAAAAFAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VI3KhTJNoS4lQIgThxICDBcRsvTlR7ndpuEv4elwtcVhrNaOZt&#10;tZ2dFSOF2HtWsFwUIIhbr3s2Ct7fnq42IGJC1mg9k4JvirCtz88qLLWf+JXGJhmRSziWqKBLaSil&#10;jG1HDuPCD8TZ+/LBYcoyGKkDTrncWXldFCvpsOe80OFADx21++boFMzpwIdRBvu4b9bG9NMzvXx+&#10;KHV5Md/fgUg0p78wnPAzOtSZaeePrKOwCvIj6feevGJ9uwSxU3CzWYGsK/mfvv4BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAvdt1PC0CAABJBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAVcyXwdoAAAAFAQAADwAAAAAAAAAAAAAAAACHBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" fillcolor="#e7e6e6" strokecolor="#1f4e79" strokeweight=".48pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="602F5AA7" w14:textId="77777777" w:rsidR="002E46A6" w:rsidRDefault="002E46A6" w:rsidP="002E46A6">
                       <w:pPr>
                         <w:spacing w:before="117"/>
                         <w:ind w:left="2217" w:right="2217"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="1F4E79"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t>Evaluation by Department Chair</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
@@ -3576,51 +3561,51 @@
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="4AECB2B2" id="Group 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:15.7pt;width:540pt;height:1.6pt;z-index:-251654144;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="720,314" coordsize="10800,32" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBq+gym7wMAACYfAAAOAAAAZHJzL2Uyb0RvYy54bWzsWetu0zAU/o/EO1j5z3Lt1kbrpmmMCWnA&#10;xOAB3MS5iMQOdrp0PD3Hl7Tp2jI21gxEVKlycmLn+Pu+nHNsH58uygLdEi5yRqeWe+BYiNCIxTlN&#10;p9bXL+/ejC0kakxjXDBKptYdEdbpyetXx00VEo9lrIgJRzAIFWFTTa2srqvQtkWUkRKLA1YRCsaE&#10;8RLXcMlTO+a4gdHLwvYc59BuGI8rziIiBNx9q43WiRo/SUhUf0oSQWpUTC3wrVb/XP3P5L99cozD&#10;lOMqyyPjBn6CFyXOKbx0OdRbXGM05/nGUGUecSZYUh9ErLRZkuQRUXOA2bjOvdlccjav1FzSsEmr&#10;JUwA7T2cnjxs9PH2klc31TXX3kPzikXfBOBiN1Uadu3yOtUPo1nzgcXAJ57XTE18kfBSDgFTQguF&#10;790SX7KoUQQ3D8ejseMADRHYPMf3DP5RBiTJXkdwB4HNdwPNTJRdmL6uA111T9+TRhuH+p3KT+OX&#10;5B2EJFZYiT/D6ibDFVEUCInFNUd5DP4FFqK4hPlf5ZQg35UOyTfDI+dUYxktqMESUXaeYZoSNdiX&#10;uwr6qR7geaeLvBBAxIPYLlHyDX4tvh2MlGUJEQ4rLupLwkokG1OrALcVbfj2StQazfYRySJl7/Ki&#10;gPs4LChqwN8JkKd6CFbksbRKo+Dp7Lzg6BbD93Xmyp/hZu0x0DGN1WgZwfGFadc4L3QbHC2oUpyG&#10;QIM5Y/HdNZfOGVL7YnfUsvsZ4gcQVwDFClDDV/u5CP2tLPk945w1coYgujWCdYfHE9x+Bi3B4Jj8&#10;dEZr+t8gl4PXvyJ3jZrfZFDS05HFrwhDnOkwC2kBGhnjPyzUQIidWuL7HHNioeI9BYgmbhDImKwu&#10;gpGSNe9aZl0LphEMNbVqC+nmea3j+LzieZrBm1w1acrOICYluVK1hFzLqH8VHW6qyJt0AsWgokFF&#10;ndJlR6Y5alWkMo037gioj0wDEUfl4yP5Xhy2gch1jiYmGz93pvGdYPy/JBoojnUZsUo0nkK6p0Tj&#10;uiO3ZdhUXC3D+041F4H8mUS2lpGGVLN7RbAjSEy26OiwEyn2nWpeUEe7i85BR4/VkazGNuKRKjZ7&#10;ikfLlY2rCqVVvjHRyFtf+Q2V719Z+QbuFhmpUN+TjLrhqG8hDXnNbN09aktqe14LvC1C8nvMa8t4&#10;BJFxrf7dd3U0ZLVnVJG/RUUqkfQUjl5MRUMsekYVrW/5en1v+ZplWqDC36ow2utC3H9ox3e3wP6t&#10;Hd8A0N0ofPvc8e1ULH2nmt0cDguoRy+gtuz56qVMT6lm0FF7qrCvswN12giHseoA0hwcy9Pe7rU6&#10;a1gdb5/8BAAA//8DAFBLAwQUAAYACAAAACEAWbkvyt8AAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzWrDMBCE74W+g9hCb42s/DW4lkMIbU+h0KRQctvYG9vEWhlLsZ23r3xqjjszzH6TrAdTi45a&#10;V1nWoCYRCOLM5hUXGn4OHy8rEM4j51hbJg03crBOHx8SjHPb8zd1e1+IUMIuRg2l900spctKMugm&#10;tiEO3tm2Bn0420LmLfah3NRyGkVLabDi8KHEhrYlZZf91Wj47LHfzNR7t7uct7fjYfH1u1Ok9fPT&#10;sHkD4Wnw/2EY8QM6pIHpZK+cO1FreJ2GKV7DTM1BjL5ajMopKPMlyDSR9wvSPwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBq+gym7wMAACYfAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBZuS/K3wAAAAkBAAAPAAAAAAAAAAAAAAAAAEkGAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVQcAAAAA&#10;">
+              <v:group w14:anchorId="1AC134D6" id="Group 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:15.7pt;width:540pt;height:1.6pt;z-index:-251654144;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="720,314" coordsize="10800,32" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRszXy8wQAAMcsAAAOAAAAZHJzL2Uyb0RvYy54bWzsWm1vpDYQ/l6p/8Hi+4Y37wsom1NuX6JK&#10;aS+6u/4AB9gFFWxqk2zSqv+94xdYyO4mubThdBJaiQWMzXjmeWbGg88/PBQ5uk+4yBidW+6ZY6GE&#10;RizO6HZu/f51PZpZSFSExiRnNJlbj4mwPlz8/NP5rgwTj6UsjxOOYBAqwl05t9KqKkPbFlGaFESc&#10;sTKh0LhhvCAVXPKtHXOyg9GL3PYcZ2LvGI9LzqJECLi71I3WhRp/s0mi6tNmI5IK5XMLZKvUkavj&#10;rTzaF+ck3HJSpllkxCBvkKIgGYWXNkMtSUXQHc8OhiqyiDPBNtVZxAqbbTZZlKg5wGxc58lsrji7&#10;K9VctuFuWzZqAtU+0dObh41+u7/hKIvnlu9biJICbKRei9yZVM6u3IbwzBUvv5Q3XM8QTq9Z9IeA&#10;Zvtpu7ze6ofR7e5XFsN45K5iSjkPG17IIWDa6EHZ4LGxQfJQoQhuTmbjmeOAqSJo8xzfMzaKUjCk&#10;7DWFOwjafBdr60XpyvR1Heiqe/qebLRJqN+p5DRyyUkB2MRen+K/6fNLSspEmUlIXdX6xLU+rzOa&#10;IN/V6lSPLKjWZfRAjS4RZYuU0G2iBvv6WILeVA+QvNVFXggwxIu6bbTkG/3V+m3pSLU0KiJhyUV1&#10;lbACyZO5lYPYymzk/lpUWpv1I9KKlK2zPIf7JMwp2oG8ARhP9RAsz2LZKhsF394uco7uCXDw0pU/&#10;Y5vOY4B1GqvR0oTEK3NekSzX5yBoTuV4MBOQx5xpkv0dOMFqtprhEfYmqxF2lsvR5XqBR5O1Ox0v&#10;/eVisXT/kaK5OEyzOE6olK4mvItfBwDjejRVG8o3erC7oyv4gbD1vxJamVNaUKPwlsWPN1zq1mCy&#10;L3COa3B+BhcJuMsBoQoPBm4124WmegPPS87ZThoIONPBp+7w7fisWVzjEwSTzB936HuATQ5SP4fN&#10;DrJeCUCNrpY1n8Ob62HnoxeM1pPZdITXeDwKps5s5LjBx2Di4AAv1128KSeg4xzA5K14kzQLxt5L&#10;LAMHKn2o5mxHF0VWQbzNs2JuSTerHyLhKco1dJHi10Cu/08DGnEGDgRcMWQGcJIy/peFdhBl55b4&#10;847wxEL5LxQgFLgYw2OVusBj5bV4u+W23UJoBEPNrcpC+nRR6VB+V/Jsm8KbXAUKyi4h5Gwy5bQk&#10;JDXN+mfZ5JBlXiDNMrDMxI7nvfrAMhPrjoaNgWU6cZ3WLFM+1jN5aytrIuF7JloQsVQ6OpXEVumJ&#10;SmRdZxqYZLT2xHX+W2dRb020fAfPlKPruPZXhrkhz5K5f195Fix/9aJqn2d5Cig9RQDXHbs1QM16&#10;qa9Ma4Xl71gSMmRaeqHTXtwMmdbraiInFtvBEZ5Nesy0viPPTi+pB54NPGsVU7+pSHicZ3KxdhDP&#10;1Fq9p3jW1LVctY7ap1umbuB1635D4cCxVaFqKBz8SIUD7B6hmUqleqJZO5z1TbQhbxwqdH2tz7B3&#10;hGh+j3ljE88gsnbKByaeDXVw+D56+N1lCGc/VDhrPi23qiAqUespnH03lg2xbIhlvcWy7oYDr+8N&#10;B6bMiFX43C/M3rUO7r/0JfQ0AYc6eI91cAzgOKgb9LnfoLWg6TvTOg3BoT431Of+5/rckR0HulLW&#10;U6Y18OxVWzOHFQ16r509sFVC7ZZVu5TMzl65Hbd9rXYC7fcfX/wLAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZuS/K3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhb6D2EJvjaz8NbiWQwht&#10;T6HQpFBy29gb28RaGUuxnbevfGqOOzPMfpOsB1OLjlpXWdagJhEI4szmFRcafg4fLysQziPnWFsm&#10;DTdysE4fHxKMc9vzN3V7X4hQwi5GDaX3TSyly0oy6Ca2IQ7e2bYGfTjbQuYt9qHc1HIaRUtpsOLw&#10;ocSGtiVll/3VaPjssd/M1Hu3u5y3t+Nh8fW7U6T189OweQPhafD/YRjxAzqkgelkr5w7UWt4nYYp&#10;XsNMzUGMvlqMyiko8yXINJH3C9I/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANGzNfLz&#10;BAAAxywAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFm5&#10;L8rfAAAACQEAAA8AAAAAAAAAAAAAAAAATQcAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AABZCAAAAAA=&#10;">
                 <v:line id="Line 31" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="720,330" to="11520,330" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAM24UHwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ra8Iw&#10;FIXfBf9DuMLeNNUNVzqjuDlB3NPcfsCluTalzU1Jou3+vRkIPh7OOd/hrDaDbcWVfKgdK5jPMhDE&#10;pdM1Vwp+f/bTHESIyBpbx6TgjwJs1uPRCgvtev6m6ylWIkE4FKjAxNgVUobSkMUwcx1x8s7OW4xJ&#10;+kpqj32C21YusmwpLdacFgx29GGobE4Xq0Ca3de7Ph6brD+/5uFzEXzV5Eo9TYbtG4hIQ3yE7+2D&#10;VvD8Av9f0g+Q6xsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADNuFB8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#a1a1a1" strokeweight="1.55pt"/>
                 <v:rect id="Rectangle 30" o:spid="_x0000_s1028" style="position:absolute;left:720;top:314;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC8D8ynwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6rLFqlGEWF1WfZS/9wfzbMpNi+lSWv99htB2OMwM79hVpvB1qKn1leOFcymCQji&#10;wumKSwXn09f7AoQPyBprx6TgQR4269HbCjPt7pxTfwyliBD2GSowITSZlL4wZNFPXUMcvatrLYYo&#10;21LqFu8Rbms5T5JUWqw4LhhsaGeouB07qyBNb/M8/T3s+0NnLrn+6dxiT0pNxsN2CSLQEP7Dr/a3&#10;VvDxCc8v8QfI9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvA/Mp8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 29" o:spid="_x0000_s1029" style="position:absolute;left:720;top:314;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBM3VLQwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EJvidwURHCihBBoUkovzs99sTaWibUyluy4b18VAjkOM/MNs9qMrhEDdaH2rOF9loEg&#10;Lr2pudJwPn1OFyBCRDbYeCYNvxRgs36ZrDA3/s4FDcdYiQThkKMGG2ObSxlKSw7DzLfEybv6zmFM&#10;squk6fCe4K6R8yxT0mHNacFiSztL5e3YOw1K3eaF+jnsh0NvL4X57v1iT1q/vY7bJYhIY3yGH+0v&#10;o+FDwf+X9APk+g8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBM3VLQwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:line id="Line 28" o:spid="_x0000_s1030" style="position:absolute;visibility:visible;mso-wrap-style:square" from="725,317" to="11515,317" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA+/T3RxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gpepG6ioJK6hlaI1YMH/5ReH9nXJDT7Nuyumn77bkHwOMzMb5hl3ptWXMn5xrKCdJyA&#10;IC6tbrhScD4VLwsQPiBrbC2Tgl/ykK+eBkvMtL3xga7HUIkIYZ+hgjqELpPSlzUZ9GPbEUfv2zqD&#10;IUpXSe3wFuGmlZMkmUmDDceFGjta11T+HC9GwbbYfS7mo9KZfkPp1/59uj4XH0oNn/u3VxCB+vAI&#10;39tbrWA6h/8v8QfI1R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPv090cYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#a1a1a1" strokeweight=".24pt"/>
                 <v:rect id="Rectangle 27" o:spid="_x0000_s1031" style="position:absolute;left:11515;top:314;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBiHWeBwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa4Mw&#10;FL4P+j+EV9htxrkxxDWW4jbqta1j14d5VdG8SJK27r9vDoMdP77fm+1iJnEl5wfLCp6TFARxa/XA&#10;nYLm9PWUg/ABWeNkmRT8kodtuXrYYKHtjQ90PYZOxBD2BSroQ5gLKX3bk0Gf2Jk4cmfrDIYIXSe1&#10;w1sMN5PM0vRNGhw4NvQ4U9VTOx4vRkE6HMjt9tn35afSzetHXo+f51qpx/WyewcRaAn/4j93rRW8&#10;xLHxS/wBsrwDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYh1ngcAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:rect id="Rectangle 26" o:spid="_x0000_s1032" style="position:absolute;left:11515;top:314;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA9QsaiwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvhfwHsYHeGjkpmMSJEkIgD0ovzuO+WBvLxFoZS3acf18VCj0OM/MNs9oMthY9tb5yrGA6SUAQ&#10;F05XXCq4XvYfcxA+IGusHZOCF3nYrEdvK8y0e3JO/TmUIkLYZ6jAhNBkUvrCkEU/cQ1x9O6utRii&#10;bEupW3xGuK3lLElSabHiuGCwoZ2h4nHurII0fczy9Pt46I+dueX6q3PzAyn1Ph62SxCBhvAf/muf&#10;tILPBfx+iT9Arn8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPULGosMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 25" o:spid="_x0000_s1033" style="position:absolute;left:720;top:319;width:5;height:22;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD0fhxCvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCu6m6YgUqUYZBnwgbupjf2nuNMXmpjRp7fz9ZCG4PJz3ejvaRgzU+dqxgq8kBUFcOl1z&#10;peB23X0uQfiArLFxTAr+yMN2M/lYY67dkwsaLqESMYR9jgpMCG0upS8NWfSJa4kj9+s6iyHCrpK6&#10;w2cMt42cp2kmLdYcGwy29GOofFx6qyDLHvMiOx/2w6E390Kferfck1Kz6fi9AhFoDG/xy33UChZx&#10;ffwSf4Dc/AMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD0fhxCvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 24" o:spid="_x0000_s1034" style="position:absolute;left:11515;top:319;width:5;height:22;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCrIb1hwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC/sdwlvwtqZKWUo1ivgHe21X8fponm2xeSlJ1PrtNwsLexxm5jfMcj2aXjzI+c6ygtk0AUFc&#10;W91xo+D0ffjMQPiArLG3TApe5GG9en9bYq7tk0t6VKEREcI+RwVtCEMupa9bMuindiCO3tU6gyFK&#10;10jt8BnhppfzJPmSBjuOCy0OtG2pvlV3oyDpSnKb4/x8v2z1Kd1lxW1/LZSafIybBYhAY/gP/7UL&#10;rSCdwe+X+APk6gcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrIb1hwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:rect id="Rectangle 23" o:spid="_x0000_s1035" style="position:absolute;left:720;top:340;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBr4CeuwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EBvtRwTTHCjhFJoEkIvzs99sbaWibUyluy4bx8VAjkOM/MNs9pMthUj9b5xrGCepCCI&#10;K6cbrhWcT9/vSxA+IGtsHZOCP/KwWb++rLDQ7sYljcdQiwhhX6ACE0JXSOkrQxZ94jri6P263mKI&#10;sq+l7vEW4baVWZrm0mLDccFgR1+GqutxsAry/JqV+c9uO+4Gcyn1YXDLLSn1Nps+P0AEmsIz/Gjv&#10;tYJFBv9f4g+Q6zsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAa+AnrsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 22" o:spid="_x0000_s1036" style="position:absolute;left:720;top:340;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA0v4aNwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EJvjZw0lOBEMSFJia/5I9fF2tjG1spIiu2+fVQo9DjMzDfMKhtNK3pyvrasYDpJQBAX&#10;VtdcKricvz8WIHxA1thaJgU/5CFbv76sMNV24CP1p1CKCGGfooIqhC6V0hcVGfQT2xFH726dwRCl&#10;K6V2OES4aeUsSb6kwZrjQoUdbSsqmtPDKEjqI7nNYXZ93Lb6Mt8t8mZ/z5V6fxs3SxCBxvAf/mvn&#10;WsH8E36/xB8g108AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANL+GjcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:line id="Line 21" o:spid="_x0000_s1037" style="position:absolute;visibility:visible;mso-wrap-style:square" from="725,343" to="11515,343" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAjlE3owwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8Ba8ralSqlajiCKsR/+Ct2fzbMs2L7XJav32ZmHB4zAzv2Gm89ZU4k6NKy0r6PciEMSZ&#10;1SXnCg779dcIhPPIGivLpOBJDuazzscUU20fvKX7zuciQNilqKDwvk6ldFlBBl3P1sTBu9rGoA+y&#10;yaVu8BHgppKDKEqkwZLDQoE1LQvKfna/RsFin4yHl9X4xpvTOWmPMl72h1ap7me7mIDw1Pp3+L/9&#10;rRXEMfx9CT9Azl4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAI5RN6MMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#e4e4e4" strokeweight=".08431mm"/>
                 <v:rect id="Rectangle 20" o:spid="_x0000_s1038" style="position:absolute;left:11515;top:340;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDUGrtiwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EJvjZyQluBEMSFJia/5I9fF2tjG1spIiu28fVUo9DjMzDfMKhtNK3pyvrasYDpJQBAX&#10;VtdcKricvz8WIHxA1thaJgVP8pCtX19WmGo78JH6UyhFhLBPUUEVQpdK6YuKDPqJ7Yijd7fOYIjS&#10;lVI7HCLctHKWJF/SYM1xocKOthUVzelhFCT1kdzmMLs+blt9me8WebO/50q9v42bJYhAY/gP/7Vz&#10;rWD+Cb9f4g+Q6x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1Bq7YsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:rect id="Rectangle 19" o:spid="_x0000_s1039" style="position:absolute;left:11515;top:340;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAkyCUVwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bi8Iw&#10;FITfF/wP4Qj7tqaKiHRNRbywfVUr+3poTi/YnJQkav33ZmHBx2FmvmFW68F04k7Ot5YVTCcJCOLS&#10;6pZrBcX58LUE4QOyxs4yKXiSh3U2+lhhqu2Dj3Q/hVpECPsUFTQh9KmUvmzIoJ/Ynjh6lXUGQ5Su&#10;ltrhI8JNJ2dJspAGW44LDfa0bai8nm5GQdIeyW1+Zpfb71YX890yv+6rXKnP8bD5BhFoCO/wfzvX&#10;CuYL+PsSf4DMXgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAkyCUVwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="57CD5520" w14:textId="77777777" w:rsidR="00E81426" w:rsidRDefault="00E81426">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -3920,51 +3905,51 @@
                                 <w:sz w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="1F4E79"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:t>Evaluation by College RTP Committee</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="55F735CD" id="Text Box 94" o:spid="_x0000_s1029" type="#_x0000_t202" style="width:539.55pt;height:29.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQBjWJGQIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSF7Xajpqul2yKk&#10;5SItfIDrOImF4zFjt0n5esZO20ULvCDyYI1jz/HMOWeWt0Nn2EGh12BLnk+mnCkrodK2KfnXL9tX&#10;C858ELYSBqwq+VF5frt6+WLZu0LNoAVTKWQEYn3Ru5K3Ibgiy7xsVSf8BJyydFgDdiLQFpusQtET&#10;emey2XQ6z3rAyiFI5T39vR8P+Srh17WS4VNdexWYKTnVFtKKad3FNVstRdGgcK2WpzLEP1TRCW3p&#10;0QvUvQiC7VH/BtVpieChDhMJXQZ1raVKPVA3+fRZN4+tcCr1QuR4d6HJ/z9Y+fHw6D4jC8NbGEjA&#10;1IR3DyC/eWZh3QrbqDtE6FslKno4j5RlvfPFKTVS7QsfQXb9B6hIZLEPkICGGrvICvXJCJ0EOF5I&#10;V0Ngkn7OF1ez2eKKM0lnr69neZ5UyURxznbowzsFHYtByZFETeji8OBDrEYU5yvxMQ9GV1ttTNpg&#10;s1sbZAdBBthcb+abeWrg2TVjWU+lTG/mIwF/hci3bzbXN3+C6HQgJxvdlXwxjd/orUjbxlbJZ0Fo&#10;M8ZUsrEnHiN1I4lh2A1MV0RDzI207qA6ErEIo3Fp0ChoAX9w1pNpS+6/7wUqzsx7S+JEh58DPAe7&#10;cyCspNSSB87GcB3GSdg71E1LyKP8Fu5IwFonbp+qOJVLRkyUn4YmOv3Xfbr1NNqrnwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAFXMl8HaAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNyoUyTaEuJUCIE4cSAgwXEbL05Ue53abhL+HpcLXFYazWjmbbWdnRUjhdh7VrBcFCCIW697Ngre&#10;356uNiBiQtZoPZOCb4qwrc/PKiy1n/iVxiYZkUs4lqigS2kopYxtRw7jwg/E2fvywWHKMhipA065&#10;3Fl5XRQr6bDnvNDhQA8dtfvm6BTM6cCHUQb7uG/WxvTTM718fih1eTHf34FINKe/MJzwMzrUmWnn&#10;j6yjsAryI+n3nrxifbsEsVNws1mBrCv5n77+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ABAGNYkZAgAAIgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAFXMl8HaAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" fillcolor="#e7e6e6" strokecolor="#1f4e79" strokeweight=".48pt">
+              <v:shape w14:anchorId="55F735CD" id="Text Box 94" o:spid="_x0000_s1029" type="#_x0000_t202" style="width:539.55pt;height:29.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvfRvcLAIAAEkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjh221yMOEWXJsOA&#10;7gK0+wBZlm1hsqhJSuzs60fJSVp028swPwiURB4dHpJe3Q6dIgdhnQRd0HQypURoDpXUTUG/Pe3e&#10;LShxnumKKdCioEfh6O367ZtVb3KRQQuqEpYgiHZ5bwraem/yJHG8FR1zEzBC42UNtmMet7ZJKst6&#10;RO9Ukk2ns6QHWxkLXDiHp/fjJV1H/LoW3H+payc8UQVFbj6uNq5lWJP1iuWNZaaV/ESD/QOLjkmN&#10;j16g7plnZG/lb1Cd5BYc1H7CoUugriUXMQfMJp2+yuaxZUbEXFAcZy4yuf8Hyz8fvloiq4JeZZRo&#10;1mGNnsTgyXsYyPI66NMbl6Pbo0FHP+A51jnm6swD8O+OaNi0TDfizlroW8Eq5JeGyORF6IjjAkjZ&#10;f4IK32F7DxFoqG0XxEM5CKJjnY6X2gQuHA9ni5ssW9xQwvHuap6laSxewvJztLHOfxDQkWAU1GLt&#10;Izo7PDgf2LD87BIec6BktZNKxY1tyo2y5MCwT7bz7Ww7iwm8clOa9EhlupyNAvwVIt1db+fLP0F0&#10;0mPDK9kVdDENX3BieZBtq6toeybVaCNlpU86BulGEf1QDmPJQmzQuITqiMJaGPsb5xGNFuxPSnrs&#10;7YK6H3tmBSXqo8bihEE4G/ZslGeDaY6hBfWUjObGjwOzN1Y2LSKP5ddwhwWsZdT2mcWJLvZrlPw0&#10;W2EgXu6j1/MfYP0LAAD//wMAUEsDBBQABgAIAAAAIQBVzJfB2gAAAAUBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqFMk2hLiVAiBOHEgIMFxGy9OVHud2m4S/h6XC1xWGs1o5m21&#10;nZ0VI4XYe1awXBQgiFuvezYK3t+erjYgYkLWaD2Tgm+KsK3PzyostZ/4lcYmGZFLOJaooEtpKKWM&#10;bUcO48IPxNn78sFhyjIYqQNOudxZeV0UK+mw57zQ4UAPHbX75ugUzOnAh1EG+7hv1sb00zO9fH4o&#10;dXkx39+BSDSnvzCc8DM61Jlp54+so7AK8iPp9568Yn27BLFTcLNZgawr+Z++/gEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAvfRvcLAIAAEkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBVzJfB2gAAAAUBAAAPAAAAAAAAAAAAAAAAAIYEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" fillcolor="#e7e6e6" strokecolor="#1f4e79" strokeweight=".48pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="2ADF5CC8" w14:textId="77777777" w:rsidR="002E46A6" w:rsidRDefault="002E46A6" w:rsidP="002E46A6">
                       <w:pPr>
                         <w:spacing w:before="117"/>
                         <w:ind w:left="2217" w:right="2217"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="1F4E79"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t>Evaluation by College RTP Committee</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
@@ -4635,51 +4620,51 @@
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="130CDF11" id="Group 78" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:15.7pt;width:540pt;height:1.6pt;z-index:-251650048;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="720,314" coordsize="10800,32" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9JoZs7AMAACYfAAAOAAAAZHJzL2Uyb0RvYy54bWzsWetumzAU/j9p72DxfwVCrqjpVHVdNanb&#10;qq17AAfMRQOb2U5I9/Q7vpCRJmnXrmM3hIQMxsb+vs/n+Bwfv1yXBVoRLnJG545/5DmI0IjFOU3n&#10;zqfr1y+mDhIS0xgXjJK5c0OE8/Lk+bPjugrJgGWsiAlH0AkVYV3NnUzKKnRdEWWkxOKIVYRCZcJ4&#10;iSU88tSNOa6h97JwB543dmvG44qziAgBb1+ZSudE958kJJLvk0QQiYq5A2OT+s71faHu7skxDlOO&#10;qyyP7DDwI0ZR4pzCTzddvcISoyXPd7oq84gzwRJ5FLHSZUmSR0TPAWbje7dmc8HZstJzScM6rTYw&#10;AbS3cHp0t9G71QWvPlZX3Iweipcs+iwAF7eu0rBdr55T8zFa1G9ZDHzipWR64uuEl6oLmBJaa3xv&#10;NviStUQRvBxPR1PPAxoiqBt4wcDiH2VAkmo1gTcI6gJ/aJiJsnPb1vegqWkZDFSli0PzTz1OOy7F&#10;OwhJfMdK/BxWHzNcEU2BUFhccZTHoPOZgyguYf6XOSVoMlMDUn+GT86owTJaU4slouwswzQlurPr&#10;mwra+XoKW03UgwAi7sV2g1Jg8WvwbWGkazYQ4bDiQl4QViJVmDsFDFvThleXQho0m08Ui5S9zosC&#10;3uOwoKhWMwbydAvBijxWtapS8HRxVnC0wrC+Tn11WW62PgMd01j3lhEcn9uyxHlhyjDQgmrFGQgM&#10;mAsW31xxNThLakfsKhEadj+A/QDiCoKmGlDLV7NchFkrG35POWe1miGIbotg0+DhBDfLoCF4ZBbA&#10;yGLcrLmGOUsuh1HfRe4WNT/IoKKnJYu7CEOcGTMLbgEKGeNfHVSDiZ074ssSc+Kg4g0FiGb+cAhQ&#10;S/0wHGlZ83bNol2DaQRdzR3pIFM8k8aOLyuepxn8ydeTpuwUbFKSa1UryI2MuleRv0dFWhW9iqxx&#10;6VXU2rrs9zSDQaMi7Wmm2vVZAXXhacDiaH88USYHh40h8r3JzHrjp/Y0gTec/i+OJmjIbTmaQCHd&#10;kYnw/ZHfMGx3XA3Dv9rVnA/VZR3ZlkfqXc3hiOCAkRju0ZHG9t/X0eFNZ6+jB+sIFv3OxldvNjvS&#10;0SaygQBry99YawTeUIUDTeS3E9b0O98/Yuc73iOj8W9ya10LqfdrNnX3oJTUAb822SMkvRPt2h5B&#10;nLrPHvWBuIrJ//RAHFLQO15t2qE52ni1rlXU26IntEXbKd9p1ylfG6YNdXjYUSAe3JfxPSywvyvj&#10;C4n0HRMB+Y3fEoj3RgJSwzYb/LflfIM9Od9ZlznfVkKn19Ev0ZE+bYTDWB2G2oNjddrbftZnDd+P&#10;t0++AQAA//8DAFBLAwQUAAYACAAAACEAWbkvyt8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;zWrDMBCE74W+g9hCb42s/DW4lkMIbU+h0KRQctvYG9vEWhlLsZ23r3xqjjszzH6TrAdTi45aV1nW&#10;oCYRCOLM5hUXGn4OHy8rEM4j51hbJg03crBOHx8SjHPb8zd1e1+IUMIuRg2l900spctKMugmtiEO&#10;3tm2Bn0420LmLfah3NRyGkVLabDi8KHEhrYlZZf91Wj47LHfzNR7t7uct7fjYfH1u1Ok9fPTsHkD&#10;4Wnw/2EY8QM6pIHpZK+cO1FreJ2GKV7DTM1BjL5ajMopKPMlyDSR9wvSPwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQA9JoZs7AMAACYfAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBZuS/K3wAAAAkBAAAPAAAAAAAAAAAAAAAAAEYGAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUgcAAAAA&#10;">
+              <v:group w14:anchorId="4CD75167" id="Group 78" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:15.7pt;width:540pt;height:1.6pt;z-index:-251650048;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="720,314" coordsize="10800,32" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdtvyv/AQAAMcsAAAOAAAAZHJzL2Uyb0RvYy54bWzsWm1vozgQ/n7S/QeL72mAkARQ01U3L9VJ&#10;vbtqX36ACySgA5szpEn3dP/9xmObkjZpuz0d1Z5QJGKwMeOZ5/GMxz7/sC9ycpeIKuNsZjlntkUS&#10;FvE4Y5uZ9fXLauBbpKopi2nOWTKz7pPK+nDx80/nuzJMXJ7yPE4EgU5YFe7KmZXWdRkOh1WUJgWt&#10;zniZMKhcc1HQGm7FZhgLuoPei3zo2vZkuOMiLgWPkqqCpwtVaV1g/+t1EtW/r9dVUpN8ZoFsNV4F&#10;Xm/ldXhxTsONoGWaRVoM+gYpCpox+GjT1YLWlGxF9qSrIosEr/i6Pot4MeTrdRYlOAYYjWM/Gs2V&#10;4NsSx7IJd5uyUROo9pGe3txt9NvdjSBZDLYDSzFagI3ws2TqS+Xsyk0Iba5E+bm8EWqEULzm0R8V&#10;VA8f18v7jWpMbne/8hj6o9uao3L2a1HILmDYZI82uG9skOxrEsHDiT/2bRtMFUGda49cbaMoBUPK&#10;t6bwhEDdyPGU9aJ0qd91bHhVvTlyZeWQhuqbKKeWSw4KwFY96LP6d/r8nNIyQTNVUldGn4HR53XG&#10;EjINlDqxyZwpXUZ7pnVJGJ+nlG0S7OzLfQl6c3AIUljoVb0ibyowxIu6bbQ00voz+m3pCGsaFdGw&#10;FFV9lfCCyMLMykFsNBu9u65qpU3TRFqR8VWW5/CchjkjO5A3AOPhGxXPs1jWyspKbG7nuSB3FDh4&#10;6cifts1BM8A6i7G3NKHxUpdrmuWqDILmTPYHIwF5dEmR7K/ADpb+0vcGnjtZDjx7sRhcrubeYLJy&#10;puPFaDGfL5y/pWiOF6ZZHCdMSmcI73ivA4CeehRVG8o3ehge9o7wA2HNPwoNQFQWVCi85fH9jZC6&#10;1ZjsCJySQ4rsn2CKBNzlCfERDxpuhu2VonoDz0sh+E4aCDhzgE/1ghnd6/FpWGzwOVb8HWuImCnD&#10;AE9jU4DUz2HzAFmvBKBCV8uaz+HNcT37oxsMVhN/OvBW3ngQTG1/YDvBx2Bie4G3WB3iDScB5ecA&#10;Jm/Fm6RZMHZfYhlMoHIOVZw90EWR1eBv86yYWXKaVY1oeIpyDV2k+AbI5v80oIngMIEAxiAygELK&#10;xTeL7MDLzqzqzy0ViUXyXxhAKHA8D5rVeOONcdYS7Zrbdg1lEXQ1s2qLqOK8Vq58W4psk8KXHAQF&#10;45fgctYZTloSkopm3bPMOcIyZE3PMu07np/Ve5ZpX3fUbfQsw8DVdQ3LcI71MfLTBOsi0AKPheHo&#10;VM63GJ5gIOvY00AHo2YmPuHMvjvQGtme38dZJooz7sj8n3ZL7xBnjQw2W3HWSAKlIw/gOGPHAFSv&#10;l7qKtJae/B0LQvpISy102oubPtJ6XU7k+GLb9Y7wDLH3/+fZ6SV1z7OeZ61k6nclCU/wDHzJk7wB&#10;rtU74lmT13Iwn/YQboFgmDE8zPs9SWr1iQOZkTuZnsOUgAlXD5r1iQOZMu4qPTc5QrPJO4WNXROt&#10;jxv7DF1nRJseIRou5Lv2Z5AGPUgfaH/W58Fhf/TpvkufB/+h8uDN1nIrC6K3l3Fzs7Pdpq5Z1vuy&#10;3pd15ssODxz4XR840GlGD9ObDwuz/zQPPnppJ/Q0AfvzBh0uaOAUypO8AeyOvEsevPcBeLTuaDao&#10;j7TID33iYHTkxEHQ5YmD1n5Tz7OeZ+9wsgePesJpWdwO1id75XHc9j2U2+ePL/4BAAD//wMAUEsD&#10;BBQABgAIAAAAIQBZuS/K3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhb6D2EJv&#10;jaz8NbiWQwhtT6HQpFBy29gb28RaGUuxnbevfGqOOzPMfpOsB1OLjlpXWdagJhEI4szmFRcafg4f&#10;LysQziPnWFsmDTdysE4fHxKMc9vzN3V7X4hQwi5GDaX3TSyly0oy6Ca2IQ7e2bYGfTjbQuYt9qHc&#10;1HIaRUtpsOLwocSGtiVll/3VaPjssd/M1Hu3u5y3t+Nh8fW7U6T189OweQPhafD/YRjxAzqkgelk&#10;r5w7UWt4nYYpXsNMzUGMvlqMyiko8yXINJH3C9I/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAN22/K/8BAAAxywAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAFm5L8rfAAAACQEAAA8AAAAAAAAAAAAAAAAAVgcAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABiCAAAAAA=&#10;">
                 <v:line id="Line 79" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="720,330" to="11520,330" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpb3b5wAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LbsIw&#10;EN1X4g7WILErDixoCBgElEoVXfE5wCge4ijxOLJdEm5fV6rU3Ty976y3g23Fg3yoHSuYTTMQxKXT&#10;NVcKbteP1xxEiMgaW8ek4EkBtpvRyxoL7Xo+0+MSK5FCOBSowMTYFVKG0pDFMHUdceLuzluMCfpK&#10;ao99CretnGfZQlqsOTUY7OhgqGwu31aBNO9fe306NVl/f8vDcR581eRKTcbDbgUi0hD/xX/uT53m&#10;L+H3l3SA3PwAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqW92+cAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" strokecolor="#a1a1a1" strokeweight="1.55pt"/>
                 <v:rect id="Rectangle 80" o:spid="_x0000_s1028" style="position:absolute;left:720;top:314;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQApofnivwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L/kO4A7Oz6XRRpBplEHwgs6mP/aW50xSbm9Kktf79ZDHg8nDe6+1kWzFS7xvHCr6SFARx5XTD&#10;tYLbdb9YgvABWWPrmBS8yMN2M5+tsdDuySWNl1CLGMK+QAUmhK6Q0leGLPrEdcSR+3W9xRBhX0vd&#10;4zOG21ZmaZpLiw3HBoMd7QxVj8tgFeT5Iyvzn+NhPA7mXurz4JYHUurzY/pegQg0hbf4333SCrK4&#10;Pn6JP0Bu/gAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQApofnivwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 81" o:spid="_x0000_s1029" style="position:absolute;left:720;top:314;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBG7Vx5wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8IS9rak9FKlGEcE/LF7q6v3RPJti81KatNZvbxYW9jjMzG+Y1Wa0jRio87VjBfNZAoK4&#10;dLrmSsH1Z/+1AOEDssbGMSl4kYfNevKxwly7Jxc0XEIlIoR9jgpMCG0upS8NWfQz1xJH7+46iyHK&#10;rpK6w2eE20amSZJJizXHBYMt7QyVj0tvFWTZIy2y8/EwHHtzK/R37xYHUupzOm6XIAKN4T/81z5p&#10;Bekcfr/EHyDXbwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBG7Vx5wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:line id="Line 82" o:spid="_x0000_s1030" style="position:absolute;visibility:visible;mso-wrap-style:square" from="725,317" to="11515,317" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCrUwiUxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RW8FN2YgpWYjbRC/HPwoFW8PrKvSWj2bdhdNf323UKhx2FmfsPky8F04kbOt5YVTCcJ&#10;COLK6pZrBaePcjwH4QOyxs4yKfgmD8vi8SHHTNs7H+h2DLWIEPYZKmhC6DMpfdWQQT+xPXH0Pq0z&#10;GKJ0tdQO7xFuOpkmyUwabDkuNNjTqqHq63g1Crbl7jx/fa6cGdY0vezfX1ancqPU6Gl4W4AINIT/&#10;8F97qxWkKfx+iT9AFj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAq1MIlMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#a1a1a1" strokeweight=".24pt"/>
                 <v:rect id="Rectangle 83" o:spid="_x0000_s1031" style="position:absolute;left:11515;top:314;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDpYGMtwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gre6qaxFImuIcSW5qq1eH1kn0kw+zbsbjT9911B6HGYmW+YTT6ZXlzJ+c6ygtdFAoK4&#10;trrjRsHx+/NlBcIHZI29ZVLwSx7y7expg5m2N97T9RAaESHsM1TQhjBkUvq6JYN+YQfi6J2tMxii&#10;dI3UDm8RbnqZJsm7NNhxXGhxoLKl+nIYjYKk25MrvtKf8VTq49tuVV0+zpVS8+epWIMINIX/8KNd&#10;aQXpEu5f4g+Q2z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6WBjLcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:rect id="Rectangle 84" o:spid="_x0000_s1032" style="position:absolute;left:11515;top:314;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBWmv/hwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EBvtRwTTHCjhFJoEkIvzs99sbaWibUyluy4bx8VAjkOM/MNs9pMthUj9b5xrGCepCCI&#10;K6cbrhWcT9/vSxA+IGtsHZOCP/KwWb++rLDQ7sYljcdQiwhhX6ACE0JXSOkrQxZ94jri6P263mKI&#10;sq+l7vEW4baVWZrm0mLDccFgR1+GqutxsAry/JqV+c9uO+4Gcyn1YXDLLSn1Nps+P0AEmsIz/Gjv&#10;tYJsAf9f4g+Q6zsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVpr/4cMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 85" o:spid="_x0000_s1033" style="position:absolute;left:720;top:319;width:5;height:22;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA51lp6wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EBvtRxDTHCjhFJoEkIvzs99sbaWibUyluy4bx8VAjkOM/MNs9pMthUj9b5xrGCepCCI&#10;K6cbrhWcT9/vSxA+IGtsHZOCP/KwWb++rLDQ7sYljcdQiwhhX6ACE0JXSOkrQxZ94jri6P263mKI&#10;sq+l7vEW4baVWZrm0mLDccFgR1+GqutxsAry/JqV+c9uO+4Gcyn1YXDLLSn1Nps+P0AEmsIz/Gjv&#10;tYJsAf9f4g+Q6zsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOdZaesMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 86" o:spid="_x0000_s1034" style="position:absolute;left:11515;top:319;width:5;height:22;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD5F8C1wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPGFvmloWkWoqoi7bq67LXh/Nsy1tXkoStf57Iwh7HGbmG2a9GUwnbuR8Y1nBfJaAIC6t&#10;brhScP75mi5B+ICssbNMCh7kYZOPR2vMtL3zkW6nUIkIYZ+hgjqEPpPSlzUZ9DPbE0fvYp3BEKWr&#10;pHZ4j3DTyTRJFtJgw3Ghxp52NZXt6WoUJM2R3PY7/b3+7fT5c78s2sOlUOpjMmxXIAIN4T/8bhda&#10;QbqA15f4A2T+BAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPkXwLXBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:rect id="Rectangle 87" o:spid="_x0000_s1035" style="position:absolute;left:720;top:340;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCmSGGWwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EButRwfnOBGCaXQJJRcnJ/7Ym0tE2tlLNlx374qBHIcZuYbZr2dbCtG6n3jWMEiSUEQ&#10;V043XCu4nL/eViB8QNbYOiYFv+Rhu3l9WWOh3Z1LGk+hFhHCvkAFJoSukNJXhiz6xHXE0ftxvcUQ&#10;ZV9L3eM9wm0rszTNpcWG44LBjj4NVbfTYBXk+S0r8+N+N+4Hcy319+BWO1JqPps+3kEEmsIz/Ggf&#10;tIJsCf9f4g+Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApkhhlsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 88" o:spid="_x0000_s1036" style="position:absolute;left:720;top:340;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDnxPFcwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JasMw&#10;EL0X8g9iAr01ck0Jxo0cQtpSX+269DpY44VYIyMpsfv31SHQ4+Pth+NqJnEj50fLCp53CQji1uqR&#10;ewXN18dTBsIHZI2TZVLwSx6OxebhgLm2C1d0q0MvYgj7HBUMIcy5lL4dyKDf2Zk4cp11BkOErpfa&#10;4RLDzSTTJNlLgyPHhgFnOg/UXuqrUZCMFbnTZ/p9/Tnr5uUtKy/vXanU43Y9vYIItIZ/8d1dagVp&#10;HBu/xB8giz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA58TxXMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:line id="Line 89" o:spid="_x0000_s1037" style="position:absolute;visibility:visible;mso-wrap-style:square" from="725,343" to="11515,343" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAQSgfWwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8Ba8aapI3VajiCLoUV0Fb8/m2ZZtXrpN1PrvzcKCx2FmvmGm89ZU4k6NKy0rGPQjEMSZ&#10;1SXnCr4P694XCOeRNVaWScGTHMxnH50ppto+eEf3vc9FgLBLUUHhfZ1K6bKCDLq+rYmDd7WNQR9k&#10;k0vd4CPATSWHURRLgyWHhQJrWhaU/exvRsHiECfjyyr55e3pHLdHOVoOxlap7me7mIDw1Pp3+L+9&#10;0QqGCfx9CT9Azl4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEEoH1sMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#e4e4e4" strokeweight=".08431mm"/>
                 <v:rect id="Rectangle 90" o:spid="_x0000_s1038" style="position:absolute;left:11515;top:340;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCca2uHwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa4Mw&#10;FL4P+j+EV9htxrkxxDWW4jbqta1j14d5VdG8SJK27r9vDoMdP77fm+1iJnEl5wfLCp6TFARxa/XA&#10;nYLm9PWUg/ABWeNkmRT8kodtuXrYYKHtjQ90PYZOxBD2BSroQ5gLKX3bk0Gf2Jk4cmfrDIYIXSe1&#10;w1sMN5PM0vRNGhw4NvQ4U9VTOx4vRkE6HMjt9tn35afSzetHXo+f51qpx/WyewcRaAn/4j93rRW8&#10;xPXxS/wBsrwDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnGtrh8AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:rect id="Rectangle 91" o:spid="_x0000_s1039" style="position:absolute;left:11515;top:340;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDzJ84cwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LiwIx&#10;EITvgv8htLA3zeiKyGhGxAc7Vx/LXptJzwMnnSGJOvvvzcKCx6KqvqLWm9604kHON5YVTCcJCOLC&#10;6oYrBdfLcbwE4QOyxtYyKfglD5tsOFhjqu2TT/Q4h0pECPsUFdQhdKmUvqjJoJ/Yjjh6pXUGQ5Su&#10;ktrhM8JNK2dJspAGG44LNXa0q6m4ne9GQdKcyG2/Zt/3n52+zvfL/HYoc6U+Rv12BSJQH97h/3au&#10;FXxO4e9L/AEyewEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDzJ84cwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="44F6744A" w14:textId="77777777" w:rsidR="004E51E0" w:rsidRDefault="004E51E0" w:rsidP="004E51E0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -5062,51 +5047,51 @@
                                 <w:sz w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="1F4E79"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:t>Evaluation by Dean</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7DD11CB2" id="Text Box 93" o:spid="_x0000_s1030" type="#_x0000_t202" style="width:539.55pt;height:29.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBI3RD6GgIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LdxHYEy0Hq2EWB&#10;9AGk/QCaoiyiFJdd0pbcr8+Ssp0ibS9FdSCWIne4OzO7uO1bww4KvQZb8vEo50xZCZW2u5J/+7p5&#10;M+fMB2ErYcCqkh+V57fL168WnSvUBBowlUJGINYXnSt5E4IrsszLRrXCj8ApS4c1YCsCbXGXVSg6&#10;Qm9NNsnzadYBVg5BKu/p7/1wyJcJv66VDJ/r2qvATMmptpBWTOs2rtlyIYodCtdoeSpD/EMVrdCW&#10;Hr1A3Ysg2B71b1Ctlgge6jCS0GZQ11qq1AN1M85fdPPYCKdSL0SOdxea/P+DlZ8Oj+4LstC/g54E&#10;TE149wDyu2cWVo2wO3WHCF2jREUPjyNlWed8cUqNVPvCR5Bt9xEqElnsAySgvsY2skJ9MkInAY4X&#10;0lUfmKSf0/n1ZDK/5kzS2dvZZDxOqmSiOGc79OG9gpbFoORIoiZ0cXjwIVYjivOV+JgHo6uNNiZt&#10;cLddGWQHQQZYz9bT9TQ18OKasayjUvKb6UDAXyHGm6v17OZPEK0O5GSj25LP8/gN3oq0rW2VfBaE&#10;NkNMJRt74jFSN5AY+m3PdFXyq5gbad1CdSRiEQbj0qBR0AD+5Kwj05bc/9gLVJyZD5bEiQ4/B3gO&#10;tudAWEmpJQ+cDeEqDJOwd6h3DSEP8lu4IwFrnbh9ruJULhkxUX4amuj0X/fp1vNoL58AAAD//wMA&#10;UEsDBBQABgAIAAAAIQBVzJfB2gAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcqFMk2hLiVAiBOHEgIMFxGy9OVHud2m4S/h6XC1xWGs1o5m21nZ0VI4XYe1awXBQgiFuvezYK&#10;3t+erjYgYkLWaD2Tgm+KsK3PzyostZ/4lcYmGZFLOJaooEtpKKWMbUcO48IPxNn78sFhyjIYqQNO&#10;udxZeV0UK+mw57zQ4UAPHbX75ugUzOnAh1EG+7hv1sb00zO9fH4odXkx39+BSDSnvzCc8DM61Jlp&#10;54+so7AK8iPp9568Yn27BLFTcLNZgawr+Z++/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBI3RD6GgIAACIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBVzJfB2gAAAAUBAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" fillcolor="#e7e6e6" strokecolor="#1f4e79" strokeweight=".48pt">
+              <v:shape w14:anchorId="7DD11CB2" id="Text Box 93" o:spid="_x0000_s1030" type="#_x0000_t202" style="width:539.55pt;height:29.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsHIG1LAIAAEkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vthO21yMOEWXJsOA&#10;7gK0+wBZlm1hsqhJSuzs60fJSVp028swPwiURB4dHpJe3Q6dIgdhnQRd0GySUiI0h0rqpqDfnnbv&#10;FpQ4z3TFFGhR0KNw9Hb99s2qN7mYQguqEpYgiHZ5bwraem/yJHG8FR1zEzBC42UNtmMet7ZJKst6&#10;RO9UMk3TWdKDrYwFLpzD0/vxkq4jfl0L7r/UtROeqIIiNx9XG9cyrMl6xfLGMtNKfqLB/oFFx6TG&#10;Ry9Q98wzsrfyN6hOcgsOaj/h0CVQ15KLmANmk6WvsnlsmRExFxTHmYtM7v/B8s+Hr5bICms3p0Sz&#10;Dmv0JAZP3sNAlldBn964HN0eDTr6Ac/RN+bqzAPw745o2LRMN+LOWuhbwSrkl4XI5EXoiOMCSNl/&#10;ggrfYXsPEWiobRfEQzkIomOdjpfaBC4cD2eLm+l0cUMJx7ur+TTLYvESlp+jjXX+g4COBKOgFmsf&#10;0dnhwfnAhuVnl/CYAyWrnVQqbmxTbpQlB4Z9sp1vZ9tZTOCVm9KkRyrpcjYK8FeIbHe9nS//BNFJ&#10;jw2vZFfQRRq+4MTyINtWV9H2TKrRRspKn3QM0o0i+qEcYsmuQ2zQuITqiMJaGPsb5xGNFuxPSnrs&#10;7YK6H3tmBSXqo8bihEE4G/ZslGeDaY6hBfWUjObGjwOzN1Y2LSKP5ddwhwWsZdT2mcWJLvZrlPw0&#10;W2EgXu6j1/MfYP0LAAD//wMAUEsDBBQABgAIAAAAIQBVzJfB2gAAAAUBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqFMk2hLiVAiBOHEgIMFxGy9OVHud2m4S/h6XC1xWGs1o5m21&#10;nZ0VI4XYe1awXBQgiFuvezYK3t+erjYgYkLWaD2Tgm+KsK3PzyostZ/4lcYmGZFLOJaooEtpKKWM&#10;bUcO48IPxNn78sFhyjIYqQNOudxZeV0UK+mw57zQ4UAPHbX75ugUzOnAh1EG+7hv1sb00zO9fH4o&#10;dXkx39+BSDSnvzCc8DM61Jlp54+so7AK8iPp9568Yn27BLFTcLNZgawr+Z++/gEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAsHIG1LAIAAEkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBVzJfB2gAAAAUBAAAPAAAAAAAAAAAAAAAAAIYEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" fillcolor="#e7e6e6" strokecolor="#1f4e79" strokeweight=".48pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="72C4AA95" w14:textId="77777777" w:rsidR="00E81426" w:rsidRDefault="004F4E17">
                       <w:pPr>
                         <w:spacing w:before="117"/>
                         <w:ind w:left="2218" w:right="2217"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="1F4E79"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t>Evaluation by Dean</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
@@ -5742,51 +5727,51 @@
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="0215BCB7" id="Group 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:16.55pt;width:540pt;height:1.6pt;z-index:-251652096;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="720,331" coordsize="10800,32" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiIKHp5wMAABofAAAOAAAAZHJzL2Uyb0RvYy54bWzsWdtunDAQfa/Uf7D83gB7XxQSRbmpUtpG&#10;TfoBXjAXFWxqs2G3X9+xDRv2ljZpQpsWrbQyGJvxOYeZ8fjweJGl6I4KmXDmYefAxogynwcJizz8&#10;5fbi3QQjWRAWkJQz6uEllfj46O2bwzJ3aY/HPA2oQDAJk26Zezguity1LOnHNCPygOeUQWfIRUYK&#10;uBSRFQhSwuxZavVse2SVXAS54D6VEu6emU58pOcPQ+oXn8JQ0gKlHgbbCv0v9P9M/VtHh8SNBMnj&#10;xK/MIE+wIiMJg5eupjojBUFzkWxNlSW+4JKHxYHPM4uHYeJTvQZYjWNvrOZS8Hmu1xK5ZZSvYAJo&#10;N3B68rT+x7tLkd/k18JYD80r7n+VgItV5pHb7FfXkXkYzcoPPAA+ybzgeuGLUGRqClgSWmh8lyt8&#10;6aJAPtwcTYYT2wYafOjr2f1ehb8fA0lq1BjuIOjr9x3DjB+fV2MdG4aakf2e6rSIa96p7azsUryD&#10;kOQ9VvL3sLqJSU41BVJhcS1QEnh4gBEjGSz/KmEUOSNlj3oxPHHKDJT+glVQIsZPY8Iique6XeYw&#10;Ti8PDG8MURcSePgptCuQBmMDUg1vAyIN7Aoh4uZCFpeUZ0g1PJyC2Zo1cnclCwNm/YgikfGLJE3h&#10;PnFThkqwdwrc6RGSp0mgelWnFNHsNBXojsDndeKoX0XN2mMgYxbo2WJKgvOqXZAkNW0wNGVacAYC&#10;A+aMB8troYyrOG2J3GFN7mfwHsBbCgwPGwzXH4s0X8qK3hMheKkWCJJb49cMeDy/9UdQ8wuGqQ9H&#10;27KfWwFWP8TtGjO/SKBip6GKh/hCghsnC0EBGjEX3zEqwcF6WH6bE0ExSt8zgGjqDAbKI+uLwVCr&#10;WjR7Zs0ewnyYysMFRqZ5WhgvPs9FEsXwJkcvmvET8EhhokWtIDcqal1Eox0iGnQi6kQkgl2RfneY&#10;GdciMmGm39BPG2EG/I2Oxfq9xK3dkGOPp1Ukfu4w07cHk/8kykBebFKIRpTReY1yWpBHvHSUcZwh&#10;RLW1ZKsm+KXjzPlA/ZSYIZCshaMuzuzfDOx2EdMdMtLJx78vo/35Ziejx8rIAYe+5Y60d29JR6tN&#10;TV+nt/fRpnJGvfU939aOpst6/4as13G2ZTRtZC1tBrW2ddRFtapm96ha1O6o5vS2dTRpUUcrbzTc&#10;KLG8dGrUxbRnFFF/W0SazrZDWtsi6jzRM4povdTbdqW32qGNqkJ5vUP7s1vw/fp6XYVetf/dTHrb&#10;LPQ2tuCdi4CKcFUEfm2lXjj+2ZJRm6XeTkb1WcJLnRjoE0Y4gNUFq+qwWJ3wNq/1CcP9kfbRDwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAEr+qBDeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQ&#10;he+F/odlCr3VTQzaErMRkbYnKVQLxduYHZNgdjZk1yT++25O9TjvPd58L1uPphE9da62rCCeRSCI&#10;C6trLhX8HD5e3kA4j6yxsUwKbuRgnT8+ZJhqO/A39XtfilDCLkUFlfdtKqUrKjLoZrYlDt7ZdgZ9&#10;OLtS6g6HUG4aOY+ipTRYc/hQYUvbiorL/moUfA44bJL4vd9dztvb8bD4+t3FpNTz07hZgfA0+v8w&#10;TPgBHfLAdLJX1k40Cl7nYYpXkCQxiMmPF5NyCsoyAZln8n5B/gcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBiIKHp5wMAABofAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBK/qgQ3gAAAAkBAAAPAAAAAAAAAAAAAAAAAEEGAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAATAcAAAAA&#10;">
+              <v:group w14:anchorId="6212BD5E" id="Group 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:16.55pt;width:540pt;height:1.6pt;z-index:-251652096;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="720,331" coordsize="10800,32" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMUdr99AQAALksAAAOAAAAZHJzL2Uyb0RvYy54bWzsWm1vo0YQ/l6p/2HFd8csxi+gOKecX6JK&#10;aRv1rj9gDdigwi7dJXFyVf97Z2eBQGznfKlCdRWyhIFdltmZeXaeGfbyw2OWkodIqkTwuUUvbItE&#10;PBBhwndz6/fP68HMIqpgPGSp4NHceoqU9eHqxx8u97kfOSIWaRhJAoNw5e/zuRUXRe4PhyqIo4yp&#10;C5FHHBq3QmasgEu5G4aS7WH0LB06tj0Z7oUMcymCSCm4uzSN1hWOv91GQfHrdquigqRzC2Qr8Cjx&#10;uNHH4dUl83eS5XESlGKwN0iRsYTDS+uhlqxg5F4mB0NlSSCFEtviIhDZUGy3SRDhHGA21H4xmxsp&#10;7nOcy87f7/JaTaDaF3p687DBLw93kiTh3BpZhLMMTIRvJSOtmn2+86HHjcw/5XfSzA9Ob0Xwh4Lm&#10;4ct2fb0znclm/7MIYTh2XwhUzeNWZnoImDR5RAs81RaIHgsSwM3JbDyzbTBUAG2OPXJKCwUxmFE/&#10;NYU7BNpGI2psF8Sr8llqw6PmyZGjG4fMN+9EOUu59KTA1dSzNtW/0+anmOURGklpXZXadCtt3iY8&#10;InRitIk9FtyoMnjkpSoJF4uY8V2EY31+ykFtOD0QvPGIvlBgh6+qtlaSOzVKqtTbUBEqttYQ83Op&#10;iptIZESfzK0UxEarsYdbVRhlVl20EblYJ2kK95mfcrIHeT2wHT6hRJqEulU3KrnbLFJJHhgA8Jrq&#10;X2maVjdwdB7iaHHEwlV5XrAkNecgaMr1eDATkKc8Mwj7y7O91Ww1cweuM1kNXHu5HFyvF+5gsqbT&#10;8XK0XCyW9G8tGnX9OAnDiGvpKrRT9zz7l+uOwWmN91oPw/bo6H0gbPWPQqM5tQWNE25E+HQntW5L&#10;l+zIN8eVb/4GyyO4XQoOOm44aIV1ZYBee+e1lGKv7QOIabmneeDb3bPCcOWeIJjGPcpy2jUlSP2a&#10;a7Yc60z/M87VMOZr7kYd1/7oeIP1ZDYduGt3PPCm9mxgU++jN7Fdz12u2+6Ga4CJceAlb3U3jTJv&#10;7HwNZLB86hXUQLaliywpINamSTa39CJrOjH/FOJqtGjxKz+u/k/7M5EC1g9YiIEVwEks5BeL7CHC&#10;zi315z2TkUXSnzi4kEddF7oVeOGOcdGSzZZNs4XxAIaaW4VFzOmiMGH8PpfJLoY3UXQKLq4h4GwT&#10;XLO0SxqUdQ6yyRGQuT3IGpHj9TW9B1kZ6Y4GjR5kyFmnFcgMyyo5a4MyMf89WRbEK6Si+F7kJkhi&#10;qT31SiJarcMV960o1FtZ1sh2Z7jMtRb2M4NcT7I07++IZEHea9KpBsnCrETHJMgT3ptkUToGUtdK&#10;lbqiWStX/44xkJ5mmSSnmdj0NOu8YsjxPNs7AjPMTf7/MDudTfcw62HWKKJ+U3HwOMwo8JmDcIbk&#10;piOc1SWtEVYHnslWWTNw2hW/g3pWXzTQxbiTlTksB1RktdWtLxp0SBopPYSZ12HRoEkau8ZZzxr7&#10;4lxXyRl1DnE26xBndTQbv/hAU0azvgIOX0UPP7j0FfDvqQJO6y/KzyUQdPeuKWPXIOsjWR/JOotk&#10;7Y0GXe8zKCuME0wdnpOy/7YCfhp/fQW8y2QGnONlzQCJTUfrfyOZ6SMA7qY7WgjqaRb5rjcawN6y&#10;A5h1udGgh9lZmzF7mL0bzGCHBO6Pxb1J5V5evQG3eY37f553HF/9AwAA//8DAFBLAwQUAAYACAAA&#10;ACEASv6oEN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2UKvdVNDNoSsxGR&#10;ticpVAvF25gdk2B2NmTXJP77bk71OO893nwvW4+mET11rrasIJ5FIIgLq2suFfwcPl7eQDiPrLGx&#10;TApu5GCdPz5kmGo78Df1e1+KUMIuRQWV920qpSsqMuhmtiUO3tl2Bn04u1LqDodQbho5j6KlNFhz&#10;+FBhS9uKisv+ahR8Djhskvi9313O29vxsPj63cWk1PPTuFmB8DT6/zBM+AEd8sB0slfWTjQKXudh&#10;ileQJDGIyY8Xk3IKyjIBmWfyfkH+BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIxR2v30&#10;BAAAuSwAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEr+&#10;qBDeAAAACQEAAA8AAAAAAAAAAAAAAAAATgcAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AABZCAAAAAA=&#10;">
                 <v:line id="Line 16" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="720,347" to="11520,347" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBf/TIfwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;FITvC75DOELvalYpdlmNotVCsVf+PMBhc9wsuzlZktTdvn0jCF4OM/MNs1wPthU38qF2rGA6yUAQ&#10;l07XXCm4nL/echAhImtsHZOCPwqwXo1ellho1/ORbqdYiQThUKACE2NXSBlKQxbDxHXEybs6bzEm&#10;6SupPfYJbls5y7K5tFhzWjDY0aehsjn9WgXS7H62+nBosv76kYf9LPiqyZV6HQ+bBYhIQ3yGH+1v&#10;reAd7lfSDZCrfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBf/TIfwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="#a1a1a1" strokeweight="1.55pt"/>
                 <v:rect id="Rectangle 15" o:spid="_x0000_s1028" style="position:absolute;left:720;top:331;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAQpi8GwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6qwRapRRFAX2Uv9c380z6bYvJQmrfXbm4WFPQ4z8xtmtRlsLXpqfeVYwWyagCAu&#10;nK64VHC97D8XIHxA1lg7JgUv8rBZjz5WmGn35Jz6cyhFhLDPUIEJocmk9IUhi37qGuLo3V1rMUTZ&#10;llK3+IxwW8t5kqTSYsVxwWBDO0PF49xZBWn6mOfpz/HQHztzy/Wpc4sDKTUZD9sliEBD+A//tb+1&#10;gi/4vRJvgFy/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABCmLwbBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 14" o:spid="_x0000_s1029" style="position:absolute;left:720;top:331;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDgdLFxwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EBvjZwcjHEth1LIDyUXu+19sbaWibUyluw4bx8VCj0OM98MU+wX24uZRt85VrDdJCCI&#10;G6c7bhV8fR5eMhA+IGvsHZOCO3nYl6unAnPtblzRXIdWxBL2OSowIQy5lL4xZNFv3EAcvR83WgxR&#10;jq3UI95iue3lLklSabHjuGBwoHdDzbWerII0ve6q9HI6zqfJfFf6Y3LZkZR6Xi9vryACLeE//Eef&#10;deTg90q8AbJ8AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOB0sXHBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:line id="Line 13" o:spid="_x0000_s1030" style="position:absolute;visibility:visible;mso-wrap-style:square" from="725,333" to="11515,333" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOk8ufxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gq9SN1owUiajVQh/jn0UKt4fWRfk9Ds27C71fTbdwuCx2FmfsPky8F04kLOt5YVTCcJ&#10;COLK6pZrBcfP8nkBwgdkjZ1lUvBLHpbFwyjHTNsrf9DlEGoRIewzVNCE0GdS+qohg35ie+LofVln&#10;METpaqkdXiPcdHKWJHNpsOW40GBP64aq78OPUbAr96dFOq6cGTY0Pb+vXtbHcqvU0+Pw9goi0BDu&#10;4Vt7pxWk8H8l3gBZ/AEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAOk8ufxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="#a1a1a1" strokeweight=".24pt"/>
                 <v:rect id="Rectangle 12" o:spid="_x0000_s1031" style="position:absolute;left:11515;top:331;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDJmDYhuwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JCsIw&#10;EL0L/kMYwZumiohUo4gL9uqG16EZ22IzKUnU+vfmIHh8vH2xak0tXuR8ZVnBaJiAIM6trrhQcDnv&#10;BzMQPiBrrC2Tgg95WC27nQWm2r75SK9TKEQMYZ+igjKEJpXS5yUZ9EPbEEfubp3BEKErpHb4juGm&#10;luMkmUqDFceGEhvalJQ/Tk+jIKmO5NaH8fV52+jLZDvLHrt7plS/167nIAK14S/+uTOtIG6NV+IN&#10;kMsvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAAAAAA&#10;AAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMmYNiG7AAAA2gAAAA8AAAAAAAAAAAAA&#10;AAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADvAgAAAAA=&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:rect id="Rectangle 11" o:spid="_x0000_s1032" style="position:absolute;left:11515;top:331;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCR6yUDwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8IS9rakeilajiKAuy17qn/ujeTbF5qU0aa3f3iwseBxm5jfMajPYWvTU+sqxgukkAUFc&#10;OF1xqeBy3n/NQfiArLF2TAqe5GGzHn2sMNPuwTn1p1CKCGGfoQITQpNJ6QtDFv3ENcTRu7nWYoiy&#10;LaVu8RHhtpazJEmlxYrjgsGGdoaK+6mzCtL0PsvT3+OhP3bmmuufzs0PpNTneNguQQQawjv83/7W&#10;ChbwdyXeALl+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJHrJQPBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 10" o:spid="_x0000_s1033" style="position:absolute;left:720;top:335;width:5;height:22;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDnzTNfwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvhf6HZQq91U09BEldRQS1SC9Rex+yYzaYnQ3ZTYz/vnMoeJvhvXnvm+V68q0aqY9NYAOfswwU&#10;cRVsw7WBy3n3sQAVE7LFNjAZeFCE9er1ZYmFDXcuaTylWkkIxwINuJS6QutYOfIYZ6EjFu0aeo9J&#10;1r7Wtse7hPtWz7Ms1x4blgaHHW0dVbfT4A3k+W1e5j+H/XgY3G9pj0NY7MmY97dp8wUq0ZSe5v/r&#10;byv4Qi+/yAB69QcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDnzTNfwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 9" o:spid="_x0000_s1034" style="position:absolute;left:11515;top:335;width:5;height:22;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC4kpJ8wAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7WVJFFqlFK3cVe67rsdWjGtthMShJt/fdGWNjbPN7nbPej6cSdnG8tK1jMExDEldUt&#10;1wrO31/vaxA+IGvsLJOCB3nY7yZvW0y1Hbik+ynUIoawT1FBE0KfSumrhgz6ue2JI3exzmCI0NVS&#10;OxxiuOnkMkk+pMGWY0ODPeUNVdfTzShI2pJcdlz+3H5zfV4d1sX181IoNZuO2QZEoDH8i//chY7z&#10;F/D6JR4gd08AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuJKSfMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:rect id="Rectangle 8" o:spid="_x0000_s1035" style="position:absolute;left:720;top:357;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB4UwizvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4v+B/CCN7W1B6KVKOI4APxUnf3PjRjU2wmpUlr/fdmYWFv8/E9Z70dbSMG6nztWMFinoAgLp2u&#10;uVLw/XX4XILwAVlj45gUvMjDdjP5WGOu3ZMLGm6hEjGEfY4KTAhtLqUvDVn0c9cSR+7uOoshwq6S&#10;usNnDLeNTJMkkxZrjg0GW9obKh+33irIskdaZNfTcTj15qfQl94tj6TUbDruViACjeFf/Oc+6zg/&#10;hd9f4gFy8wYAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB4UwizvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" fillcolor="#a1a1a1" stroked="f"/>
                 <v:rect id="Rectangle 7" o:spid="_x0000_s1036" style="position:absolute;left:720;top:357;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnDKmQvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LqsIw&#10;EN0L/kMYwZ2mPrhINYr4wG594XZoxrbYTEoStf69uXDh7uZwnrNYtaYWL3K+sqxgNExAEOdWV1wo&#10;uJz3gxkIH5A11pZJwYc8rJbdzgJTbd98pNcpFCKGsE9RQRlCk0rp85IM+qFtiCN3t85giNAVUjt8&#10;x3BTy3GS/EiDFceGEhvalJQ/Tk+jIKmO5NaH8fV52+jLdDvLHrt7plS/167nIAK14V/85850nD+B&#10;31/iAXL5BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACcMqZC+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:line id="Line 6" o:spid="_x0000_s1037" style="position:absolute;visibility:visible;mso-wrap-style:square" from="725,360" to="11515,360" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8WP+uwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN50o5agqauIUuy1aii9DdlpEs3Oht2tSf99VxC8zeN9zmrTm0bcyPnasoLpJAFBXFhd&#10;c6ngfHofL0D4gKyxsUwK/sjDZj0crDDTtuNPuh1DKWII+wwVVCG0mZS+qMign9iWOHI/1hkMEbpS&#10;aoddDDeNnCVJKg3WHBsqbGlXUXE9/hoFh32ff7l8vpx28+/ThZepLQ+pUi+jfvsGIlAfnuKH+0PH&#10;+a9w/yUeINf/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPxY/67BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokecolor="#e4e4e4" strokeweight=".24pt"/>
                 <v:rect id="Rectangle 5" o:spid="_x0000_s1038" style="position:absolute;left:11515;top:357;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDHqZR/vgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LqsIw&#10;EN0L/kMYwZ2mil6kGkV8YLe+cDs0Y1tsJiWJWv/eXLhwd3M4z1msWlOLFzlfWVYwGiYgiHOrKy4U&#10;XM77wQyED8gaa8uk4EMeVstuZ4Gptm8+0usUChFD2KeooAyhSaX0eUkG/dA2xJG7W2cwROgKqR2+&#10;Y7ip5ThJfqTBimNDiQ1tSsofp6dRkFRHcuvD+Pq8bfRlsp1lj909U6rfa9dzEIHa8C/+c2c6zp/C&#10;7y/xALn8AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMeplH++AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <v:rect id="Rectangle 4" o:spid="_x0000_s1039" style="position:absolute;left:11515;top:357;width:5;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3ewoIwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4v+B/CCHtbU2UpUo0iPrDXui57HZqxLTaTksS2/nuzsLC3+fies96OphU9Od9YVjCfJSCIS6sb&#10;rhRcv04fSxA+IGtsLZOCJ3nYbiZva8y0Hbig/hIqEUPYZ6igDqHLpPRlTQb9zHbEkbtZZzBE6Cqp&#10;HQ4x3LRykSSpNNhwbKixo31N5f3yMAqSpiC3Oy++Hz97ff08LPP78ZYr9T4ddysQgcbwL/5z5zrO&#10;T+H3l3iA3LwAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAN3sKCMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" fillcolor="#e4e4e4" stroked="f"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="696807BA" w14:textId="77777777" w:rsidR="00E81426" w:rsidRDefault="00E81426">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -6170,51 +6155,51 @@
                                 <w:sz w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="1F4E79"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:t>Campus Action</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="46B2BB04" id="Text Box 92" o:spid="_x0000_s1031" type="#_x0000_t202" style="width:539.55pt;height:29.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7L7qvGQIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SFXjZqulq6LUJa&#10;LtLCB7iO01g4HjN2m5SvZ+y0XbTACyIP1jj2HM+cc2Z527eGHRV6Dbbk41HOmbISKm33Jf/6Zftq&#10;wZkPwlbCgFUlPynPb1cvXyw7V6gJNGAqhYxArC86V/ImBFdkmZeNaoUfgVOWDmvAVgTa4j6rUHSE&#10;3ppskuezrAOsHIJU3tPf++GQrxJ+XSsZPtW1V4GZklNtIa2Y1l1cs9VSFHsUrtHyXIb4hypaoS09&#10;eoW6F0GwA+rfoFotETzUYSShzaCutVSpB+pmnD/r5rERTqVeiBzvrjT5/wcrPx4f3WdkoX8LPQmY&#10;mvDuAeQ3zyysG2H36g4RukaJih4eR8qyzvninBqp9oWPILvuA1QksjgESEB9jW1khfpkhE4CnK6k&#10;qz4wST9ni+lksphyJuns9XwyHidVMlFcsh368E5By2JQciRRE7o4PvgQqxHF5Up8zIPR1VYbkza4&#10;360NsqMgA2zmm9lmlhp4ds1Y1lEp+c1sIOCvEOPtm8385k8QrQ7kZKPbki/y+A3eirRtbJV8FoQ2&#10;Q0wlG3vmMVI3kBj6Xc90VfJpzI207qA6EbEIg3Fp0ChoAH9w1pFpS+6/HwQqzsx7S+JEh18CvAS7&#10;SyCspNSSB86GcB2GSTg41PuGkAf5LdyRgLVO3D5VcS6XjJgoPw9NdPqv+3TrabRXPwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAFXMl8HaAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNyoUyTaEuJUCIE4cSAgwXEbL05Ue53abhL+HpcLXFYazWjmbbWdnRUjhdh7VrBcFCCIW697Ngre&#10;356uNiBiQtZoPZOCb4qwrc/PKiy1n/iVxiYZkUs4lqigS2kopYxtRw7jwg/E2fvywWHKMhipA065&#10;3Fl5XRQr6bDnvNDhQA8dtfvm6BTM6cCHUQb7uG/WxvTTM718fih1eTHf34FINKe/MJzwMzrUmWnn&#10;j6yjsAryI+n3nrxifbsEsVNws1mBrCv5n77+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;APsvuq8ZAgAAIgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAFXMl8HaAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" fillcolor="#e7e6e6" strokecolor="#1f4e79" strokeweight=".48pt">
+              <v:shape w14:anchorId="46B2BB04" id="Text Box 92" o:spid="_x0000_s1031" type="#_x0000_t202" style="width:539.55pt;height:29.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlpNDEKwIAAEgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06SB3qKmq6XbIqTl&#10;Iu3yAY7jJBaOx9huk/L1jJ22u1rgBZEHa2zPHJ85M5P1zdApchTWSdAFnU5SSoTmUEndFPTb4/7N&#10;khLnma6YAi0KehKO3mxev1r3JhcZtKAqYQmCaJf3pqCt9yZPEsdb0TE3ASM0XtZgO+Zxa5uksqxH&#10;9E4lWZrOkx5sZSxw4Rye3o2XdBPx61pw/6WunfBEFRS5+bjauJZhTTZrljeWmVbyMw32Dyw6JjU+&#10;eoW6Y56Rg5W/QXWSW3BQ+wmHLoG6llzEHDCbafoim4eWGRFzQXGcucrk/h8s/3z8aomsCppRolmH&#10;JXoUgyfvYSCrLMjTG5ej14NBPz/gOZY5purMPfDvjmjYtkw34tZa6FvBKqQ3DZHJs9ARxwWQsv8E&#10;Fb7DDh4i0FDbLmiHahBExzKdrqUJXDgezpezLFvOKOF493aRTaexdgnLL9HGOv9BQEeCUVCLpY/o&#10;7HjvfGDD8otLeMyBktVeKhU3tim3ypIjwzbZLXbz3Twm8MJNadIjlXQ1HwX4K8R0/263WP0JopMe&#10;+13JrqDLNHzBieVBtp2uou2ZVKONlJU+6xikG0X0QznEis1CbNC4hOqEwloY2xvHEY0W7E9Kemzt&#10;grofB2YFJeqjxuKEObgY9mKUF4NpjqEF9ZSM5taP83IwVjYtIo/l13CLBaxl1PaJxZkutmuU/Dxa&#10;YR6e76PX0w9g8wsAAP//AwBQSwMEFAAGAAgAAAAhAFXMl8HaAAAABQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyoUyTaEuJUCIE4cSAgwXEbL05Ue53abhL+HpcLXFYazWjmbbWd&#10;nRUjhdh7VrBcFCCIW697Ngre356uNiBiQtZoPZOCb4qwrc/PKiy1n/iVxiYZkUs4lqigS2kopYxt&#10;Rw7jwg/E2fvywWHKMhipA0653Fl5XRQr6bDnvNDhQA8dtfvm6BTM6cCHUQb7uG/WxvTTM718fih1&#10;eTHf34FINKe/MJzwMzrUmWnnj6yjsAryI+n3nrxifbsEsVNws1mBrCv5n77+AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAOWk0MQrAgAASAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAFXMl8HaAAAABQEAAA8AAAAAAAAAAAAAAAAAhQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" fillcolor="#e7e6e6" strokecolor="#1f4e79" strokeweight=".48pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="7882A2F6" w14:textId="77777777" w:rsidR="00E81426" w:rsidRDefault="004F4E17">
                       <w:pPr>
                         <w:spacing w:before="117"/>
                         <w:ind w:left="2219" w:right="2217"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="1F4E79"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t>Campus Action</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
@@ -6806,118 +6791,118 @@
           <w:p w14:paraId="311F4D35" w14:textId="77777777" w:rsidR="00E81426" w:rsidRDefault="004F4E17">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="244" w:lineRule="exact"/>
               <w:ind w:left="667" w:right="669"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2424ACD2" w14:textId="77777777" w:rsidR="004F4E17" w:rsidRDefault="004F4E17"/>
     <w:sectPr w:rsidR="004F4E17">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1140" w:right="580" w:bottom="1200" w:left="520" w:header="926" w:footer="1014" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D213141" w14:textId="77777777" w:rsidR="009D2A96" w:rsidRDefault="009D2A96">
+    <w:p w14:paraId="6F8B0FFD" w14:textId="77777777" w:rsidR="00502D16" w:rsidRDefault="00502D16">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FB3DCF4" w14:textId="77777777" w:rsidR="009D2A96" w:rsidRDefault="009D2A96">
+    <w:p w14:paraId="79C1DC63" w14:textId="77777777" w:rsidR="00502D16" w:rsidRDefault="00502D16">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="318009340"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtContent>
           <w:p w14:paraId="476E6FFA" w14:textId="03B6A855" w:rsidR="00D54A86" w:rsidRDefault="00D54A86">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Page </w:t>
@@ -7002,51 +6987,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="46013C78" w14:textId="3862F56F" w:rsidR="00E81426" w:rsidRDefault="00E81426">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1472099569"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="217791432"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtContent>
           <w:p w14:paraId="57901E21" w14:textId="2A20CAB2" w:rsidR="00D54A86" w:rsidRDefault="00D54A86">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Page </w:t>
@@ -7131,80 +7116,80 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="18F0F297" w14:textId="3045F2BA" w:rsidR="00E81426" w:rsidRDefault="00E81426">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0780D079" w14:textId="77777777" w:rsidR="009D2A96" w:rsidRDefault="009D2A96">
+    <w:p w14:paraId="5CBE776E" w14:textId="77777777" w:rsidR="00502D16" w:rsidRDefault="00502D16">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38FF39C6" w14:textId="77777777" w:rsidR="009D2A96" w:rsidRDefault="009D2A96">
+    <w:p w14:paraId="0BDA0BFB" w14:textId="77777777" w:rsidR="00502D16" w:rsidRDefault="00502D16">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="10D63EFB" w14:textId="77777777" w:rsidR="00E81426" w:rsidRPr="004E51E0" w:rsidRDefault="00E81426" w:rsidP="004E51E0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42F74EE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB3266D2"/>
     <w:lvl w:ilvl="0" w:tplc="F1EA51DA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="920" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AD704740">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1942" w:hanging="361"/>
@@ -7284,150 +7269,147 @@
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="44667BCE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9096" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="735713022">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="98"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E81426"/>
     <w:rsid w:val="00044A5A"/>
-    <w:rsid w:val="00063D87"/>
     <w:rsid w:val="000D6298"/>
     <w:rsid w:val="00133FEC"/>
     <w:rsid w:val="00167C8B"/>
     <w:rsid w:val="00231D8E"/>
     <w:rsid w:val="002747FD"/>
     <w:rsid w:val="002E46A6"/>
     <w:rsid w:val="0030656B"/>
     <w:rsid w:val="00313C74"/>
     <w:rsid w:val="003F7D75"/>
     <w:rsid w:val="004C6325"/>
     <w:rsid w:val="004E51E0"/>
     <w:rsid w:val="004F4E17"/>
     <w:rsid w:val="00502D16"/>
     <w:rsid w:val="005E4D77"/>
     <w:rsid w:val="005F279A"/>
     <w:rsid w:val="00626569"/>
     <w:rsid w:val="007862D7"/>
     <w:rsid w:val="0087342F"/>
     <w:rsid w:val="00897114"/>
     <w:rsid w:val="009030FC"/>
     <w:rsid w:val="00986607"/>
-    <w:rsid w:val="009D2A96"/>
     <w:rsid w:val="00A10826"/>
     <w:rsid w:val="00A81830"/>
-    <w:rsid w:val="00AA3902"/>
     <w:rsid w:val="00AB4C6F"/>
     <w:rsid w:val="00B242CD"/>
     <w:rsid w:val="00C94984"/>
     <w:rsid w:val="00CA2483"/>
     <w:rsid w:val="00D51C56"/>
     <w:rsid w:val="00D5219B"/>
     <w:rsid w:val="00D54A86"/>
     <w:rsid w:val="00DA577E"/>
     <w:rsid w:val="00DF1894"/>
     <w:rsid w:val="00E41658"/>
     <w:rsid w:val="00E81426"/>
     <w:rsid w:val="00E86572"/>
     <w:rsid w:val="00FB235E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0A196B06"/>
   <w15:docId w15:val="{42AD70BD-B465-4F51-9800-147962EA6BA6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7507,98 +7489,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -7939,51 +7917,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C94984"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C94984"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -8242,65 +8220,50 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EBC5FEE55616124DB120EA301263A905" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d558ef66a5ec0e55dfc6f342e4e74048">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="e343538c-31b6-4258-a292-d1c6a9e7dbdb" xmlns:ns4="0bcdda2c-6d3c-4776-82c8-4bb0f8966d63" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93db89d4375cb0354efb6809099a57d9" ns3:_="" ns4:_="">
     <xsd:import namespace="e343538c-31b6-4258-a292-d1c6a9e7dbdb"/>
     <xsd:import namespace="0bcdda2c-6d3c-4776-82c8-4bb0f8966d63"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -8479,122 +8442,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F9C97BB-DBA7-4510-89CA-85767DA87B4C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e343538c-31b6-4258-a292-d1c6a9e7dbdb"/>
     <ds:schemaRef ds:uri="0bcdda2c-6d3c-4776-82c8-4bb0f8966d63"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</clbl:labelList>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BF2B9A8-7EDC-4C7A-ABAC-593A46489EDF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A3EADBA-89F4-4F1A-B547-53041F450009}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>477</Words>
-  <Characters>2722</Characters>
+  <Words>478</Words>
+  <Characters>2729</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3193</CharactersWithSpaces>
+  <CharactersWithSpaces>3201</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Donna Miano Welch</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2018-09-27T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 11 for Word</vt:lpwstr>
   </property>