--- v0 (2025-10-15)
+++ v1 (2025-12-10)
@@ -1,1680 +1,1680 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w14:paraId="3CFD922E" w14:textId="77777777" w:rsidR="00EB42F5" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+    <w:p w14:paraId="6542739B" w14:textId="522F794D" w:rsidR="00377870" w:rsidRPr="00CF40A7" w:rsidRDefault="00F16AE3" w:rsidP="00CF40A7">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:color="70AD47"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B11067">
+      <w:r w:rsidRPr="00377870">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:color="70AD47"/>
         </w:rPr>
         <w:t>EHAF</w:t>
       </w:r>
-      <w:r w:rsidR="00EB42F5" w:rsidRPr="00B11067">
+      <w:r w:rsidR="00EB42F5" w:rsidRPr="00377870">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:color="70AD47"/>
         </w:rPr>
         <w:t xml:space="preserve"> Scholarship</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66DDBBE3" w14:textId="77777777" w:rsidR="00104BAB" w:rsidRPr="00B11067" w:rsidRDefault="00EB42F5">
+    <w:p w14:paraId="403AB3F4" w14:textId="386A68C7" w:rsidR="00377870" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>APPLICATIONS DUE BY March 27, 2026 at 4 p.m.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27167E38" w14:textId="7D1E9CD8" w:rsidR="00377870" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$1750 for each fall and spring semester for one academic year ($3500 total)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F4F75F" w14:textId="77777777" w:rsidR="00377870" w:rsidRDefault="00377870" w:rsidP="00CF40A7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64C2C6DC" w14:textId="77777777" w:rsidR="00377870" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3371B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PLEASE NOTE:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F53CD7A" w14:textId="77777777" w:rsidR="00377870" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3371B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All scholarship applicants must have a current </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>FAFSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3371B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on file with the financial aid office.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFE75D8" w14:textId="77777777" w:rsidR="00377870" w:rsidRPr="007E4A39" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">International Students must indicate their international status in their application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5855F218" w14:textId="77777777" w:rsidR="00377870" w:rsidRDefault="00377870" w:rsidP="007B28C8">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="70AD47"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B11067">
-[...22 lines deleted...]
-    <w:p w14:paraId="637DD0C0" w14:textId="77777777" w:rsidR="007B28C8" w:rsidRPr="00B11067" w:rsidRDefault="007B28C8">
+    </w:p>
+    <w:p w14:paraId="4B640357" w14:textId="77777777" w:rsidR="00377870" w:rsidRPr="000B27E0" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Completed applications may be delivered in one of two ways:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E0F5A6" w14:textId="77777777" w:rsidR="00377870" w:rsidRPr="000B27E0" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EMAIL PDFs to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="000B27E0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>klrodri2@uno.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="000B27E0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>womenscenter@uno.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0F3CC15E" w14:textId="77777777" w:rsidR="00377870" w:rsidRPr="000B27E0" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PRINT hard copies and deliver to the UNO Women’s Center, Earl K. Long Library, 201 -NO STAPLES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Printed on ONE SIDE of paper</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D2E162" w14:textId="77777777" w:rsidR="00377870" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D1D22DA" w14:textId="77777777" w:rsidR="00377870" w:rsidRPr="000B27E0" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALL materials for this application MUST be included as one file.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21CECC28" w14:textId="77777777" w:rsidR="00377870" w:rsidRPr="000B27E0" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B27E0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Please carefully review the following list of requirements and ensure you have included all materials for this award:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C784C2D" w14:textId="79E10728" w:rsidR="00FF349B" w:rsidRPr="00377870" w:rsidRDefault="00FF349B" w:rsidP="00377870">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:widowControl w:val="0"/>
-        <w:jc w:val="center"/>
-[...187 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="70AD47"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="70AD47"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B11067">
-[...1067 lines deleted...]
-    <w:p w14:paraId="24C751C9" w14:textId="77777777" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+    </w:p>
+    <w:p w14:paraId="1AD964FE" w14:textId="77777777" w:rsidR="001655CF" w:rsidRPr="00377870" w:rsidRDefault="00F16AE3" w:rsidP="00176121">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B11067">
+      <w:r w:rsidRPr="00377870">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applications must include the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20984016" w14:textId="504D5A55" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3" w:rsidP="00176121">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00377870" w:rsidRPr="00377870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ompleted application form</w:t>
+      </w:r>
+      <w:r w:rsidR="00176121" w:rsidRPr="00377870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BDF61F0" w14:textId="0BFFA2D4" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3" w:rsidP="00176121">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB42F5" w:rsidRPr="00377870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Two </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>letters of recommendation,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at least one being from a past or present professor or instructor.</w:t>
+      </w:r>
+      <w:r w:rsidR="00554F41" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LORs should include contact information for recommenders for authentication purposes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE5106B" w14:textId="5460A50D" w:rsidR="00377870" w:rsidRPr="00B11067" w:rsidRDefault="00EB42F5" w:rsidP="00377870">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00377870" w:rsidRPr="00377870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Personal history essay</w:t>
+      </w:r>
+      <w:r w:rsidR="00377870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2-3 pages, typed, double-sp</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF73B5" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aced, 12-point font) </w:t>
+      </w:r>
+      <w:r w:rsidR="00377870" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in which you explain (in any order):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB3B57C" w14:textId="77777777" w:rsidR="00377870" w:rsidRPr="00B11067" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1-your greatest difficulties or challenges (academic, personal, educational, etc.) in pursuing your education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42461D01" w14:textId="77777777" w:rsidR="00377870" w:rsidRPr="00B11067" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2-your awareness of the assistance you have received from others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D389BB" w14:textId="77777777" w:rsidR="00377870" w:rsidRPr="00B11067" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3-your commitment (past, present, and/or future) to helping others achieve their goals and to enhancing our common humanity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5780A8" w14:textId="77777777" w:rsidR="00377870" w:rsidRPr="00B11067" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4-your career ambitions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53EF8FF0" w14:textId="77777777" w:rsidR="00377870" w:rsidRPr="00B11067" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-your financial situation.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ADA6961" w14:textId="7C0F3521" w:rsidR="00377870" w:rsidRPr="00B11067" w:rsidRDefault="00377870" w:rsidP="00176121">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53073FCC" w14:textId="1C5C6077" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3" w:rsidP="00176121">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t>Proof of income</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (federal or state income ta</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF73B5" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t>x return from the previous year</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB42F5" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or applicant’s W-2</w:t>
+      </w:r>
+      <w:r w:rsidR="008D065B" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t>; or</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF73B5" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an explanation of lack of income if no income is reported)</w:t>
+      </w:r>
+      <w:r w:rsidR="00554F41" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58275637" w14:textId="783CA156" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3" w:rsidP="00176121">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">College Transcript </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>– unofficial transcript from W</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11067" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>orkday</w:t>
+      </w:r>
+      <w:r w:rsidR="00554F41" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is acceptable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1236416E" w14:textId="6870896E" w:rsidR="00554F41" w:rsidRPr="00B11067" w:rsidRDefault="001655CF" w:rsidP="00176121">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11067" w:rsidRPr="00377870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Midterm grades</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (unofficial copy </w:t>
+      </w:r>
+      <w:r w:rsidR="00554F41" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>acceptable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ABED409" w14:textId="77777777" w:rsidR="00554F41" w:rsidRPr="00B11067" w:rsidRDefault="00554F41" w:rsidP="00176121">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78236567" w14:textId="77777777" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>APPLICATION FORM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD30229" w14:textId="65EB8CDE" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Name________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00554F41" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Date of Birth______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C06E2A0" w14:textId="77777777" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Local Address_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F30B936" w14:textId="77777777" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Phone_______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> Email ___________________________________ Student # ____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> S.S.#: (last 4 digits only)  ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B3E4974" w14:textId="77777777" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Employer__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F948BEE" w14:textId="77777777" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Position___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C90A6B" w14:textId="77777777" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Work address___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA18683" w14:textId="77777777" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Work Phone__________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Hours worked per week _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB208AF" w14:textId="77777777" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Annual Income________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Marital Status _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F040B26" w14:textId="77777777" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of Dependents_________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ages___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4652B501" w14:textId="4B0DDAF9" w:rsidR="00554F41" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Standing at UNO</w:t>
+      </w:r>
+      <w:r w:rsidR="00554F41" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (i.e., freshman, junior, etc.)________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00554F41" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPA _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192C8819" w14:textId="176CF8A9" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Major _______________________________ </w:t>
+      </w:r>
+      <w:r w:rsidR="00554F41" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Minor______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C6DF202" w14:textId="77777777" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Credit hours completed____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> College semesters completed _____________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C26CA6" w14:textId="5E56A3A6" w:rsidR="00176121" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3" w:rsidP="00176121">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Hours remaining for graduation ____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00176121" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00176121" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Scheduled graduation date: ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A424402" w14:textId="12F6F68F" w:rsidR="00B11067" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3" w:rsidP="00CF40A7">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of semesters until graduation: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Regular __________   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Summer_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C751C9" w14:textId="7A0DDB69" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00377870">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
+        <w:t xml:space="preserve">REMINDER: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F16AE3" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t>ATTACHMENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="615BB0C5" w14:textId="77777777" w:rsidR="00B11067" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3" w:rsidP="00B11067">
+    <w:p w14:paraId="615BB0C5" w14:textId="2B6FF930" w:rsidR="00B11067" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3" w:rsidP="00B11067">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B11067">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>In addition to your Personal History</w:t>
       </w:r>
       <w:r w:rsidR="00104BAB" w:rsidRPr="00B11067">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Essay</w:t>
       </w:r>
       <w:r w:rsidRPr="00B11067">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B11067" w:rsidRPr="00B11067">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">remember </w:t>
       </w:r>
       <w:r w:rsidRPr="00B11067">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">to attach all of the items in the checklist at the top of the page.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7430E27C" w14:textId="0CC323F8" w:rsidR="00B11067" w:rsidRPr="00B11067" w:rsidRDefault="00B11067" w:rsidP="00B11067">
+        <w:t xml:space="preserve">to attach </w:t>
+      </w:r>
+      <w:r w:rsidR="00377870" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the items in the checklist at the top of the page.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55243141" w14:textId="6FCA780A" w:rsidR="00377870" w:rsidRPr="00137928" w:rsidRDefault="00377870" w:rsidP="00377870">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B11067">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00B11067">
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Before you submit your application, make a copy of everything for your own records. Submit your application materials according to the instructions on the Women’s Center Scholarships page.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68827EFA" w14:textId="77777777" w:rsidR="00377870" w:rsidRPr="00137928" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7430E27C" w14:textId="456C19B5" w:rsidR="00B11067" w:rsidRPr="00B11067" w:rsidRDefault="00377870" w:rsidP="00B11067">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IF SUBMITTING A HARD COPY, PLEASE PRINT ALL APPLICATION MATERIALS ON </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137928">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ONE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B11067">
+      <w:r w:rsidRPr="00137928">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> SIDE OF THE PAPER ONLY!!! DO </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B11067">
+      <w:r w:rsidRPr="00137928">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>NOT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B11067">
-[...18 lines deleted...]
-        <w:t>Before you submit your application, make a copy of everything for your own records. Submit your application materials according to the instructions on the Women’s Center Scholarships page.</w:t>
+      <w:r w:rsidRPr="00137928">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> STAPLE ANY PAGES TOGETHER!!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C99ACDA" w14:textId="126DA2D1" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00FF349B" w:rsidP="00B11067">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E88E83C" w14:textId="57ADD335" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00104BAB">
+    <w:p w14:paraId="1E88E83C" w14:textId="799634B7" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00104BAB">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="FF0000"/>
         </w:rPr>
         <w:t>The EHAF</w:t>
-      </w:r>
-[...98 lines deleted...]
-        <w:t>.  The EHAF</w:t>
       </w:r>
       <w:r w:rsidR="00F16AE3" w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> scholarship is open to </w:t>
       </w:r>
       <w:r w:rsidR="00B11067" w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">women </w:t>
       </w:r>
       <w:r w:rsidR="00F16AE3" w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
@@ -1874,221 +1874,304 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6592CCB5" w14:textId="77777777" w:rsidR="00FF349B" w:rsidRPr="00B11067" w:rsidRDefault="00F16AE3" w:rsidP="00EB42F5">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:widowControl w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A recipient must:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC42D7F" w14:textId="7ED0C137" w:rsidR="00104BAB" w:rsidRPr="00B11067" w:rsidRDefault="00104BAB" w:rsidP="00104BAB">
+    <w:p w14:paraId="0BF64196" w14:textId="631C5B59" w:rsidR="00377870" w:rsidRDefault="00104BAB" w:rsidP="00377870">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t>Must be enrolled for 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00176121" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> credit hours </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC42D7F" w14:textId="560C4170" w:rsidR="00104BAB" w:rsidRPr="00B11067" w:rsidRDefault="00377870" w:rsidP="00377870">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B11067">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B11067">
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Must </w:t>
+      </w:r>
+      <w:r w:rsidR="00176121" w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="FF0000"/>
         </w:rPr>
-        <w:t>Must be enrolled for 12</w:t>
+        <w:t xml:space="preserve">volunteer </w:t>
+      </w:r>
+      <w:r w:rsidR="00554F41" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:r w:rsidR="00104BAB" w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00176121" w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> credit hours and volunteer </w:t>
+        <w:t>hour</w:t>
       </w:r>
       <w:r w:rsidR="00554F41" w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="FF0000"/>
         </w:rPr>
-        <w:t>two</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B11067">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00176121" w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00176121" w:rsidRPr="00B11067">
+        <w:t xml:space="preserve"> per week</w:t>
+      </w:r>
+      <w:r w:rsidR="00104BAB" w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="FF0000"/>
         </w:rPr>
-        <w:t>hour</w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> at the Women’s Center or other approved UNO entity. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="401230A3" w14:textId="77777777" w:rsidR="00104BAB" w:rsidRPr="00B11067" w:rsidRDefault="00104BAB" w:rsidP="00104BAB">
+    <w:p w14:paraId="401230A3" w14:textId="131923E5" w:rsidR="00104BAB" w:rsidRPr="00B11067" w:rsidRDefault="00104BAB" w:rsidP="00377870">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>• Maintain full-time standing (no fewer than 12 hours during a regular semester)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="14E0AC58" w14:textId="77777777" w:rsidR="00453146" w:rsidRPr="00B11067" w:rsidRDefault="00104BAB" w:rsidP="00453146">
+        <w:lastRenderedPageBreak/>
+        <w:t>Maintain full-time standing (no fewer than 12 hours during a regular semester)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E0AC58" w14:textId="4682C02A" w:rsidR="00453146" w:rsidRPr="00B11067" w:rsidRDefault="00104BAB" w:rsidP="00377870">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:widowControl w:val="0"/>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>• Maintain at least a cumulative 2.0 G.P.A.</w:t>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Maintain at least a cumulative 2.0 G.P.A.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A405841" w14:textId="77777777" w:rsidR="00104BAB" w:rsidRPr="00B11067" w:rsidRDefault="00104BAB">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61867680" w14:textId="77777777" w:rsidR="008F533C" w:rsidRPr="00B11067" w:rsidRDefault="008F533C">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The EHAF Scholarship is made possible by Saada Oulett Ibrahim, a 2018 graduate of UNO and former recipient of the Virginia Rosanne Amato Memorial Scholarship.  Ms. Ibrahim explains the inspiration for the scholarship:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6338D3" w14:textId="77777777" w:rsidR="00CF40A7" w:rsidRDefault="00CF40A7" w:rsidP="00CF40A7">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="70AD47"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FA9C900" w14:textId="45627D06" w:rsidR="00CF40A7" w:rsidRPr="00CF40A7" w:rsidRDefault="00CF40A7" w:rsidP="00CF40A7">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="70AD47"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF40A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="70AD47"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The name of this scholarship is the word in Tamasheq, the language of the Tuareg, that describes the bond between human beings in awareness of what they share (love, friendship kinship, solidarity, etc.) and also between humans and their environment (animals, water, trees, rocks, etc.). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E7CF1E0" w14:textId="77777777" w:rsidR="008F533C" w:rsidRPr="00B11067" w:rsidRDefault="008F533C">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A58155D" w14:textId="77777777" w:rsidR="008F533C" w:rsidRPr="00B11067" w:rsidRDefault="008F533C" w:rsidP="008F533C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
@@ -2105,61 +2188,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>The scholarship is dedicated to my father, Ibrahim Ag Youssouf. He was born in 1945 in Soudan Français, then a French colony, now Mali.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">He was one of a few boys from his community sent to school, which meant that he was separated from his mother and his family during school year and saw them only during summer break. My grandmother could not bear it and died from depression. My father was able to overcome all this sadness because </w:t>
-[...9 lines deleted...]
-        <w:t>of the love and affection other women showed him where he attended school.</w:t>
+        <w:t>He was one of a few boys from his community sent to school, which meant that he was separated from his mother and his family during school year and saw them only during summer break. My grandmother could not bear it and died from depression. My father was able to overcome all this sadness because of the love and affection other women showed him where he attended school.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B11067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>My father is not bitter or resentful. He currently lives in France where he has been granted political asylum.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40385558" w14:textId="77777777" w:rsidR="008F533C" w:rsidRPr="00B11067" w:rsidRDefault="008F533C" w:rsidP="008F533C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
@@ -2238,76 +2311,77 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0731F1B4" w14:textId="77777777" w:rsidR="00453146" w:rsidRPr="00B11067" w:rsidRDefault="00453146" w:rsidP="008F533C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00453146" w:rsidRPr="00B11067" w:rsidSect="00B11067">
-[...4 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId11"/>
+    <w:sectPr w:rsidR="00453146" w:rsidRPr="00B11067" w:rsidSect="00CF40A7">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5803C078" w14:textId="77777777" w:rsidR="00637261" w:rsidRDefault="00637261">
+    <w:p w14:paraId="0D1D86F8" w14:textId="77777777" w:rsidR="00F235FE" w:rsidRDefault="00F235FE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D18A187" w14:textId="77777777" w:rsidR="00637261" w:rsidRDefault="00637261">
+    <w:p w14:paraId="75FC0844" w14:textId="77777777" w:rsidR="00F235FE" w:rsidRDefault="00F235FE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2434,151 +2508,228 @@
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="4BF79D64" w14:textId="5B2D6AEB" w:rsidR="00DE190E" w:rsidRDefault="00DE190E" w:rsidP="00DE190E">
+  <w:p w14:paraId="3323ECE7" w14:textId="77777777" w:rsidR="00CF40A7" w:rsidRDefault="00DE190E" w:rsidP="00DE190E">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:right="360"/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:t>EHAF Application (3 pages total)</w:t>
+    </w:r>
+    <w:r w:rsidR="00CF40A7" w:rsidRPr="00CF40A7">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4BF79D64" w14:textId="18E20D46" w:rsidR="00DE190E" w:rsidRDefault="00CF40A7" w:rsidP="00DE190E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
-      <w:t>EHAF Application (3 pages total)</w:t>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1AF3D74A" wp14:editId="1A91EFD9">
+          <wp:extent cx="3795461" cy="607695"/>
+          <wp:effectExtent l="0" t="0" r="1905" b="1905"/>
+          <wp:docPr id="1773533001" name="Picture 1">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1773533001" name="Picture 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="4087374" cy="654433"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="116319F7" w14:textId="77777777" w:rsidR="002B2D6B" w:rsidRDefault="002B2D6B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="464158AE" w14:textId="77777777" w:rsidR="00637261" w:rsidRDefault="00637261">
+    <w:p w14:paraId="00D91B04" w14:textId="77777777" w:rsidR="00F235FE" w:rsidRDefault="00F235FE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="205C1741" w14:textId="77777777" w:rsidR="00637261" w:rsidRDefault="00637261">
+    <w:p w14:paraId="680B662C" w14:textId="77777777" w:rsidR="00F235FE" w:rsidRDefault="00F235FE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5E3A787C" w14:textId="77777777" w:rsidR="00554F41" w:rsidRDefault="00554F41">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="18DE9E63" w14:textId="72998700" w:rsidR="001655CF" w:rsidRDefault="00637261" w:rsidP="009A4209">
+  <w:p w14:paraId="18DE9E63" w14:textId="2C8A224D" w:rsidR="001655CF" w:rsidRDefault="00F235FE" w:rsidP="00CF40A7">
     <w:pPr>
       <w:pStyle w:val="HeaderFooter"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00170130">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:object w:dxaOrig="2880" w:dyaOrig="2880" w14:anchorId="06DD0BA8">
+      <w:object w:dxaOrig="2880" w:dyaOrig="2880" w14:anchorId="7AC1A212">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="A logo for a university&#13;&#13;&#10;&#13;&#13;&#10;AI-generated content may be incorrect." style="width:92.75pt;height:74.1pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" fillcolor="window">
+        <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:92.55pt;height:74.2pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" fillcolor="window">
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="MS_ClipArt_Gallery" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1799146501" r:id="rId2">
+        <o:OLEObject Type="Embed" ProgID="MS_ClipArt_Gallery" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1825497975" r:id="rId2">
           <o:FieldCodes>\* MERGEFORMAT</o:FieldCodes>
         </o:OLEObject>
       </w:object>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5A205C2C" w14:textId="77777777" w:rsidR="00554F41" w:rsidRDefault="00554F41">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01F24821"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A4643D76"/>
+    <w:tmpl w:val="3D4C059A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -2645,50 +2796,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19544E95"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D0F2892C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A757983"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="004822BA"/>
     <w:lvl w:ilvl="0" w:tplc="70503984">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2756,57 +3020,143 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FA50261"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="474EE69E"/>
     <w:numStyleLink w:val="Bullets"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AA26BB6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EEC8056C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="522A5D1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="474EE69E"/>
     <w:styleLink w:val="Bullets"/>
     <w:lvl w:ilvl="0" w:tplc="F37EE250">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
@@ -3020,51 +3370,51 @@
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E4B157A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3796D976"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3134,125 +3484,138 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1909882731">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="29957887">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="29957887">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="3" w16cid:durableId="2140148659">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="825560381">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="995768908">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="405568124">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2047945090">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="145"/>
+  <w:zoom w:percent="136"/>
   <w:displayBackgroundShape/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FF349B"/>
     <w:rsid w:val="0000258B"/>
     <w:rsid w:val="00104BAB"/>
     <w:rsid w:val="001655CF"/>
     <w:rsid w:val="00173353"/>
     <w:rsid w:val="00176121"/>
     <w:rsid w:val="002168CC"/>
     <w:rsid w:val="00234A14"/>
     <w:rsid w:val="00244BB1"/>
     <w:rsid w:val="00260770"/>
+    <w:rsid w:val="002B2D6B"/>
+    <w:rsid w:val="00377870"/>
+    <w:rsid w:val="003B03E5"/>
     <w:rsid w:val="00453146"/>
     <w:rsid w:val="00554F41"/>
     <w:rsid w:val="0059323E"/>
     <w:rsid w:val="005A3AAA"/>
     <w:rsid w:val="0062506F"/>
     <w:rsid w:val="00637261"/>
     <w:rsid w:val="0076143E"/>
     <w:rsid w:val="0076611F"/>
     <w:rsid w:val="00795568"/>
     <w:rsid w:val="007B28C8"/>
     <w:rsid w:val="008D065B"/>
     <w:rsid w:val="008F533C"/>
     <w:rsid w:val="009A4209"/>
     <w:rsid w:val="00B11067"/>
+    <w:rsid w:val="00B12005"/>
     <w:rsid w:val="00B942FA"/>
     <w:rsid w:val="00BA7FE6"/>
+    <w:rsid w:val="00CF40A7"/>
     <w:rsid w:val="00CF73B5"/>
     <w:rsid w:val="00DE190E"/>
     <w:rsid w:val="00E36EEB"/>
+    <w:rsid w:val="00E861EF"/>
     <w:rsid w:val="00EB42F5"/>
     <w:rsid w:val="00F16AE3"/>
+    <w:rsid w:val="00F235FE"/>
     <w:rsid w:val="00FF349B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -3845,75 +4208,102 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00554F41"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DE190E"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00377870"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bar w:val="none" w:sz="0" w:color="auto"/>
+      </w:pBdr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1871256576">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:womenscenter@uno.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klrodri2@uno.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Thème Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="A7A7A7"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="535353"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -4954,65 +5344,65 @@
         </a:lvl9pPr>
       </a:lstStyle>
       <a:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>804</Words>
-  <Characters>4588</Characters>
+  <Words>869</Words>
+  <Characters>4959</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5382</CharactersWithSpaces>
+  <CharactersWithSpaces>5817</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Lisa R Verner</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>